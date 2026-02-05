--- v0 (2025-12-05)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,149 +104,134 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...5 lines deleted...]
-    <t>Washing Machines</t>
+    <t>DNIS IEC TS 62257-9-8:2019EE</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Standards Organisation of Nigeria (SON)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
+  </si>
+  <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
+    <t>Efficient Biomass Cookstoves Policy</t>
+  </si>
+  <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
+    <t>Biomass Stoves</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>March 2022</t>
+  </si>
+  <si>
+    <t>Biomass</t>
+  </si>
+  <si>
+    <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid, Productive Use</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
+  </si>
+  <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
+    <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
+  </si>
+  <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
-[...82 lines deleted...]
-  <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
     <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
@@ -288,53 +273,50 @@
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
@@ -530,51 +512,57 @@
   <si>
     <t>Provision No. 257</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -923,61 +911,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P24"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="153.248" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1055,1100 +1043,1054 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="K4" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="N4" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="O4" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="P4" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C5" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="E5" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="K5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="L5" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="M5" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="N5" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="P5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H6">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
       <c r="J6" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="M6" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="P6" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B7" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="E7" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="H7">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="K7" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="L7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>75</v>
       </c>
       <c r="B8" t="s">
         <v>76</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>77</v>
       </c>
       <c r="E8" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H8">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I8"/>
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2010</v>
+      </c>
       <c r="J8" t="s">
-        <v>71</v>
+        <v>23</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>80</v>
       </c>
       <c r="B9" t="s">
         <v>81</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>82</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="H9">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P9" t="s">
-        <v>84</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>85</v>
       </c>
       <c r="B10" t="s">
         <v>86</v>
       </c>
       <c r="C10" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>87</v>
       </c>
       <c r="E10" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>88</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L10"/>
+        <v>57</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
       <c r="M10" t="s">
-        <v>45</v>
+        <v>91</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="P10" t="s">
-        <v>65</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B11" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C11" t="s">
-        <v>92</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="F11" t="s">
-        <v>94</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H11">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="I11"/>
+        <v>2017</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
       <c r="J11" t="s">
-        <v>95</v>
+        <v>47</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="P11" t="s">
-        <v>99</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
         <v>100</v>
       </c>
-      <c r="B12" t="s">
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>101</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>47</v>
+      </c>
+      <c r="K12" t="s">
+        <v>57</v>
+      </c>
+      <c r="L12" t="s">
         <v>102</v>
       </c>
-      <c r="E12" t="s">
-[...20 lines deleted...]
-      <c r="L12"/>
       <c r="M12" t="s">
-        <v>45</v>
+        <v>103</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P12" t="s">
-        <v>65</v>
+        <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B13" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="L13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M13" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>110</v>
       </c>
       <c r="P13" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>112</v>
       </c>
       <c r="B14" t="s">
         <v>113</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>114</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2016</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="L14" t="s">
         <v>115</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>116</v>
       </c>
       <c r="P14" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>118</v>
       </c>
       <c r="B15" t="s">
         <v>119</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>120</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="L15" t="s">
         <v>121</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>122</v>
       </c>
       <c r="P15" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>124</v>
       </c>
       <c r="B16" t="s">
         <v>125</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>126</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2015</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="L16" t="s">
         <v>127</v>
       </c>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>128</v>
       </c>
       <c r="P16" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>130</v>
       </c>
       <c r="B17" t="s">
         <v>131</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>132</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
         <v>2015</v>
       </c>
-      <c r="I17"/>
       <c r="J17" t="s">
-        <v>71</v>
+        <v>23</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="H18">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I18">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L18"/>
+        <v>57</v>
+      </c>
+      <c r="L18" t="s">
+        <v>138</v>
+      </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>139</v>
       </c>
       <c r="P18" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>141</v>
       </c>
       <c r="B19" t="s">
         <v>142</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
         <v>143</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="H19">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I19">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="L19" t="s">
         <v>144</v>
       </c>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>145</v>
       </c>
       <c r="P19" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>147</v>
       </c>
       <c r="B20" t="s">
         <v>148</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
         <v>149</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="H20">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I20">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
+        <v>150</v>
+      </c>
+      <c r="P20" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>152</v>
+      </c>
+      <c r="B21" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>32</v>
+        <v>154</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2007</v>
+        <v>2019</v>
       </c>
       <c r="I21">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="J21" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="K21" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L21"/>
+        <v>57</v>
+      </c>
+      <c r="L21" t="s">
+        <v>155</v>
+      </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P21" t="s">
-        <v>36</v>
+        <v>157</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B22" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>88</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H22">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="I22">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J22" t="s">
-        <v>71</v>
+        <v>23</v>
       </c>
       <c r="K22" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="L22" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="P22" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B23" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>164</v>
+        <v>132</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="G23" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="H23">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>166</v>
       </c>
       <c r="P23" t="s">
-        <v>167</v>
-[...45 lines deleted...]
-        <v>140</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">