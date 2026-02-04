--- v0 (2025-10-11)
+++ v1 (2026-02-04)
@@ -12,285 +12,330 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Washing Machines</t>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
+    <t>DNIS IEC TS 62257-9-8:2019EE</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Standards Organisation of Nigeria (SON)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
+  </si>
+  <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
+    <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
+  </si>
+  <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>October 2019</t>
+  </si>
+  <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
-[...40 lines deleted...]
-  <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-1-lamps</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
+  </si>
+  <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
@@ -300,207 +345,286 @@
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
   </si>
   <si>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
-    <t>Room ACs - Stationary ACs</t>
+    <t>Energy efficiency labelling of air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
+  </si>
+  <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution SE No 814|2013</t>
+  </si>
+  <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-se-no-8142013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -764,953 +888,1120 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="117" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="153.248" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2010</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>61</v>
+      </c>
+      <c r="H6">
+        <v>2024</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2024</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8"/>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G8" t="s">
+        <v>61</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>47</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>64</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>79</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2018</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>47</v>
+      </c>
+      <c r="L10" t="s">
+        <v>89</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>94</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" t="s">
+        <v>47</v>
+      </c>
+      <c r="L11" t="s">
+        <v>95</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>100</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>88</v>
+      </c>
+      <c r="K12" t="s">
+        <v>47</v>
+      </c>
+      <c r="L12" t="s">
+        <v>101</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>106</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>88</v>
+      </c>
+      <c r="K13" t="s">
+        <v>47</v>
+      </c>
+      <c r="L13" t="s">
+        <v>107</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>73</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>54</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>25</v>
+      <c r="K14" t="s">
+        <v>47</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>113</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>116</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>54</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>47</v>
+      </c>
+      <c r="L15" t="s">
+        <v>117</v>
+      </c>
+      <c r="M15" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N15" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...8 lines deleted...]
-      <c r="G3">
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>122</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>54</v>
+      </c>
+      <c r="H16">
+        <v>1999</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>47</v>
+      </c>
+      <c r="L16" t="s">
+        <v>123</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>124</v>
+      </c>
+      <c r="P16" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>128</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>54</v>
+      </c>
+      <c r="H17">
+        <v>2007</v>
+      </c>
+      <c r="I17">
+        <v>2011</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>47</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>129</v>
+      </c>
+      <c r="P17" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>131</v>
+      </c>
+      <c r="B18" t="s">
+        <v>132</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>128</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>45</v>
+      </c>
+      <c r="G18" t="s">
+        <v>61</v>
+      </c>
+      <c r="H18">
         <v>2013</v>
       </c>
-      <c r="H3"/>
-      <c r="I3" t="s">
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>47</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>137</v>
+      </c>
+      <c r="E19" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...3 lines deleted...]
-      <c r="L3" t="s">
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2019</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>88</v>
+      </c>
+      <c r="K19" t="s">
+        <v>47</v>
+      </c>
+      <c r="L19" t="s">
+        <v>138</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>139</v>
+      </c>
+      <c r="P19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>141</v>
+      </c>
+      <c r="B20" t="s">
+        <v>142</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>143</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>60</v>
+      </c>
+      <c r="G20" t="s">
+        <v>54</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...3 lines deleted...]
-        <v>30</v>
+      <c r="K20" t="s">
+        <v>47</v>
+      </c>
+      <c r="L20" t="s">
+        <v>144</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>145</v>
+      </c>
+      <c r="P20" t="s">
+        <v>146</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...90 lines deleted...]
-      <c r="C6" t="s">
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>73</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>60</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2014</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
         <v>47</v>
       </c>
-      <c r="D6" t="s">
-[...462 lines deleted...]
-      <c r="C17" t="s">
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
         <v>27</v>
       </c>
-      <c r="D17" t="s">
-[...156 lines deleted...]
-        <v>108</v>
+      <c r="O21" t="s">
+        <v>149</v>
+      </c>
+      <c r="P21" t="s">
+        <v>113</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>