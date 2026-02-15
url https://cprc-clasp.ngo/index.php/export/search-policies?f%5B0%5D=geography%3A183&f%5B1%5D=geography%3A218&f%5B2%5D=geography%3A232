--- v0 (2025-12-29)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,402 +104,408 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>Energy Label Regulation for Sanitary Fittings</t>
+  </si>
+  <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>Showers or Showerheads, Taps or Faucets</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>Water</t>
+  </si>
+  <si>
+    <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
+  </si>
+  <si>
+    <t>Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
+  </si>
+  <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
+  </si>
+  <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
+  </si>
+  <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
+    <t>Rwanda</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>March 2022</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Rwanda Ministry of Infrastructure</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
+  </si>
+  <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
+  </si>
+  <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
+    <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Electricity, Other Solid Fuel</t>
+  </si>
+  <si>
+    <t>See Policy</t>
+  </si>
+  <si>
+    <t>Swiss Federal Office of Energy</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+  </si>
+  <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...338 lines deleted...]
-    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1022,1148 +1028,1148 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I3"/>
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H4">
-        <v>2010</v>
+        <v>1994</v>
       </c>
       <c r="I4">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="K4" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="L4"/>
+        <v>48</v>
+      </c>
+      <c r="L4" t="s">
+        <v>49</v>
+      </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="N4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="P4" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2001</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>48</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
         <v>50</v>
-      </c>
-[...31 lines deleted...]
-        <v>56</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>57</v>
       </c>
       <c r="P5" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>59</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>61</v>
       </c>
       <c r="E6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F6" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H6">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="I6">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="J6" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M6" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H7">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K7" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="L7" t="s">
         <v>69</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>70</v>
       </c>
       <c r="P7" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E8" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H8">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I8"/>
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2010</v>
+      </c>
       <c r="J8" t="s">
-        <v>68</v>
+        <v>23</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="P8" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
         <v>77</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>79</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H9">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="I9">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="J9" t="s">
-        <v>23</v>
+        <v>81</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L9"/>
+        <v>82</v>
+      </c>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
       <c r="M9" t="s">
-        <v>26</v>
+        <v>84</v>
       </c>
       <c r="N9" t="s">
-        <v>27</v>
+        <v>85</v>
       </c>
       <c r="O9" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="P9" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="B10" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="C10" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>86</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H10">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>87</v>
+        <v>62</v>
       </c>
       <c r="K10" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="L10" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="M10" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="N10" t="s">
-        <v>91</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>92</v>
       </c>
       <c r="P10" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>94</v>
       </c>
       <c r="B11" t="s">
         <v>95</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>96</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2016</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="L11" t="s">
         <v>97</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>98</v>
       </c>
       <c r="P11" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>100</v>
       </c>
       <c r="B12" t="s">
         <v>101</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>102</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="L12" t="s">
         <v>103</v>
       </c>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>104</v>
       </c>
       <c r="P12" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>106</v>
       </c>
       <c r="B13" t="s">
         <v>107</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>108</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="L13" t="s">
         <v>109</v>
       </c>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>110</v>
       </c>
       <c r="P13" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>112</v>
       </c>
       <c r="B14" t="s">
         <v>113</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>114</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
         <v>2015</v>
       </c>
-      <c r="I14"/>
       <c r="J14" t="s">
-        <v>68</v>
+        <v>23</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H15">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I15">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L15"/>
+        <v>48</v>
+      </c>
+      <c r="L15" t="s">
+        <v>120</v>
+      </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>121</v>
       </c>
       <c r="P15" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>123</v>
       </c>
       <c r="B16" t="s">
         <v>124</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>125</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H16">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I16">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="L16" t="s">
         <v>126</v>
       </c>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>127</v>
       </c>
       <c r="P16" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>129</v>
       </c>
       <c r="B17" t="s">
         <v>130</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>131</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H17">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I17">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" t="s">
         <v>135</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>137</v>
       </c>
       <c r="G18" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H18">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="I18">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="J18" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L18"/>
+        <v>138</v>
+      </c>
+      <c r="L18" t="s">
+        <v>139</v>
+      </c>
       <c r="M18" t="s">
-        <v>26</v>
+        <v>140</v>
       </c>
       <c r="N18" t="s">
-        <v>27</v>
+        <v>141</v>
       </c>
       <c r="O18" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="P18" t="s">
-        <v>36</v>
+        <v>143</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B19" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>140</v>
+        <v>131</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="G19" t="s">
-        <v>42</v>
+        <v>147</v>
       </c>
       <c r="H19">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="K19" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>144</v>
+        <v>26</v>
       </c>
       <c r="N19" t="s">
-        <v>145</v>
+        <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="P19" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B20" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2019</v>
       </c>
       <c r="I20">
         <v>2020</v>
       </c>
       <c r="J20" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="L20" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="P20" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B21" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="G21" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21">
         <v>2015</v>
       </c>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="L21" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="P21" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B22" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2014</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="P22" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B23" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C23" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="D23" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>33</v>
+        <v>146</v>
       </c>
       <c r="G23" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="P23" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B24" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C24" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="D24" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>33</v>
+        <v>146</v>
       </c>
       <c r="G24" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="K24" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="P24" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B25" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C25" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
         <v>19</v>
       </c>
       <c r="E25" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2015</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="P25" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">