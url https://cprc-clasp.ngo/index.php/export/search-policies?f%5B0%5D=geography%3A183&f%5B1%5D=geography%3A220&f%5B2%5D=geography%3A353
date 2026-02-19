--- v0 (2025-11-12)
+++ v1 (2026-02-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="292">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,789 +104,795 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>ISO-8187</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
+  </si>
+  <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
+  </si>
+  <si>
+    <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>ISIRI 9187-2:2007</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
+  </si>
+  <si>
+    <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
+    <t>Refrigerant Compressors</t>
+  </si>
+  <si>
+    <t>ISIRI NS 4335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
+  </si>
+  <si>
+    <t>IEC 311 (1988)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>NS 5635 (2001)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
+  </si>
+  <si>
+    <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
+  </si>
+  <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
+  </si>
+  <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>AS 4553,</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
+  </si>
+  <si>
+    <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
+    <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
+  </si>
+  <si>
+    <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
+  </si>
+  <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
+  </si>
+  <si>
+    <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>ISIRI 4231 ,ASME PTC4</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>ISIRI 10335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
+  </si>
+  <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
+    <t>IEC 379: 1987</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
+  </si>
+  <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
+  </si>
+  <si>
+    <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
+  </si>
+  <si>
+    <t>Fully automatic residential clothes washer</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>Minimum Performance Standard</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
+    <t>95/12/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
+  </si>
+  <si>
+    <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>NS 3678: 1995</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
+    <t>Evaporative Coolers</t>
+  </si>
+  <si>
+    <t>AS 2913-1987 ,IS3315-1974</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
+  </si>
+  <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>IEC 60968 and IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
+  </si>
+  <si>
+    <t>ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 6016, ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
+  </si>
+  <si>
+    <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
+    <t>AS 4553, ISIRI 7268-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
+  </si>
+  <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
+  </si>
+  <si>
+    <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
+    <t>ISO-2548 (Class C)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
+  </si>
+  <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
+    <t>Irons</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
+  </si>
+  <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
+    <t>ISIRI 3772-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
+  </si>
+  <si>
+    <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
+  </si>
+  <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
+  </si>
+  <si>
+    <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for air conditioners</t>
+  </si>
+  <si>
+    <t>Information not available</t>
+  </si>
+  <si>
+    <t>Seychelles</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-0</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%23, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%22, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for bulbs</t>
+  </si>
+  <si>
+    <t>Directional Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-bulbs</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for electric water heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-electric-water-heaters</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for freezers and refrigerators</t>
+  </si>
+  <si>
+    <t>Freezers-only, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for washing machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%27 , http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%26,</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
-    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
-[...716 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
@@ -1367,2640 +1373,2640 @@
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I3"/>
+        <v>2002</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="L4" t="s">
         <v>43</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
         <v>46</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>48</v>
       </c>
       <c r="E5" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H5">
+        <v>1998</v>
+      </c>
+      <c r="I5">
         <v>2012</v>
       </c>
-      <c r="I5"/>
       <c r="J5" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>49</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
         <v>52</v>
       </c>
-      <c r="C6" t="s">
-[...2 lines deleted...]
-      <c r="D6" t="s">
+      <c r="N6" t="s">
+        <v>59</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
         <v>54</v>
-      </c>
-[...34 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>61</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D7" t="s">
         <v>63</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G7" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H7">
+        <v>2002</v>
+      </c>
+      <c r="I7">
         <v>2008</v>
       </c>
-      <c r="I7">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L7" t="s">
         <v>64</v>
       </c>
       <c r="M7" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N7" t="s">
+        <v>59</v>
+      </c>
+      <c r="O7" t="s">
         <v>65</v>
       </c>
-      <c r="O7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P7" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
         <v>67</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
         <v>68</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>69</v>
       </c>
-      <c r="E8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G8" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H8">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="I8">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="J8" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L8" t="s">
         <v>70</v>
       </c>
       <c r="M8" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N8" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>71</v>
       </c>
       <c r="P8" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>72</v>
       </c>
       <c r="B9" t="s">
         <v>73</v>
       </c>
       <c r="C9" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D9" t="s">
         <v>74</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H9">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="I9">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="J9" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L9" t="s">
         <v>75</v>
       </c>
       <c r="M9" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>77</v>
       </c>
       <c r="B10" t="s">
         <v>78</v>
       </c>
       <c r="C10" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D10" t="s">
+        <v>68</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>50</v>
+      </c>
+      <c r="K10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>52</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
         <v>79</v>
       </c>
-      <c r="E10" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="P10" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" t="s">
         <v>82</v>
       </c>
-      <c r="B11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L11"/>
+        <v>42</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
       <c r="M11" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>84</v>
       </c>
       <c r="P11" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>85</v>
       </c>
       <c r="B12" t="s">
         <v>86</v>
       </c>
       <c r="C12" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D12" t="s">
         <v>87</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H12">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I12"/>
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2010</v>
+      </c>
       <c r="J12" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L12" t="s">
         <v>88</v>
       </c>
       <c r="M12" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>89</v>
       </c>
       <c r="P12" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>90</v>
       </c>
       <c r="B13" t="s">
         <v>91</v>
       </c>
       <c r="C13" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D13" t="s">
         <v>92</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G13" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
       <c r="I13">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="J13" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L13" t="s">
         <v>93</v>
       </c>
       <c r="M13" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>94</v>
       </c>
       <c r="P13" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>95</v>
       </c>
       <c r="B14" t="s">
         <v>96</v>
       </c>
       <c r="C14" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D14" t="s">
         <v>97</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G14" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L14" t="s">
         <v>98</v>
       </c>
       <c r="M14" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>99</v>
       </c>
       <c r="P14" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>100</v>
       </c>
       <c r="B15" t="s">
         <v>101</v>
       </c>
       <c r="C15" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D15" t="s">
         <v>102</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2009</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L15" t="s">
         <v>103</v>
       </c>
       <c r="M15" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N15" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="O15" t="s">
         <v>104</v>
       </c>
       <c r="P15" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>105</v>
       </c>
       <c r="B16" t="s">
         <v>106</v>
       </c>
       <c r="C16" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
         <v>107</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L16" t="s">
         <v>108</v>
       </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N16" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>109</v>
       </c>
       <c r="P16" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>110</v>
       </c>
       <c r="B17" t="s">
         <v>111</v>
       </c>
       <c r="C17" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
         <v>112</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H17">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I17"/>
+        <v>2002</v>
+      </c>
+      <c r="I17">
+        <v>2002</v>
+      </c>
       <c r="J17" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K17" t="s">
+        <v>108</v>
+      </c>
+      <c r="L17" t="s">
         <v>113</v>
       </c>
-      <c r="L17"/>
       <c r="M17" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>114</v>
       </c>
       <c r="P17" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>115</v>
       </c>
       <c r="B18" t="s">
         <v>116</v>
       </c>
       <c r="C18" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
+        <v>112</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>69</v>
+      </c>
+      <c r="G18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18">
+        <v>1998</v>
+      </c>
+      <c r="I18">
+        <v>2009</v>
+      </c>
+      <c r="J18" t="s">
+        <v>50</v>
+      </c>
+      <c r="K18" t="s">
+        <v>108</v>
+      </c>
+      <c r="L18" t="s">
         <v>117</v>
       </c>
-      <c r="E18" t="s">
-[...20 lines deleted...]
-      <c r="L18" t="s">
+      <c r="M18" t="s">
+        <v>52</v>
+      </c>
+      <c r="N18" t="s">
+        <v>59</v>
+      </c>
+      <c r="O18" t="s">
         <v>118</v>
       </c>
-      <c r="M18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P18" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>119</v>
+      </c>
+      <c r="B19" t="s">
         <v>120</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" t="s">
         <v>121</v>
       </c>
-      <c r="C19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>33</v>
+        <v>69</v>
       </c>
       <c r="G19" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H19">
-        <v>1998</v>
+        <v>2012</v>
       </c>
       <c r="I19">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="J19" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K19" t="s">
-        <v>113</v>
+        <v>42</v>
       </c>
       <c r="L19" t="s">
         <v>122</v>
       </c>
       <c r="M19" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N19" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="O19" t="s">
         <v>123</v>
       </c>
       <c r="P19" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>124</v>
       </c>
       <c r="B20" t="s">
         <v>125</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
+        <v>112</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>49</v>
+      </c>
+      <c r="G20" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
         <v>126</v>
       </c>
-      <c r="E20" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K20" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L20" t="s">
         <v>127</v>
       </c>
       <c r="M20" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N20" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>128</v>
       </c>
       <c r="P20" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>129</v>
       </c>
       <c r="B21" t="s">
         <v>130</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="G21" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>131</v>
+        <v>50</v>
       </c>
       <c r="K21" t="s">
-        <v>34</v>
+        <v>108</v>
       </c>
       <c r="L21" t="s">
         <v>132</v>
       </c>
       <c r="M21" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>133</v>
       </c>
       <c r="P21" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>134</v>
       </c>
       <c r="B22" t="s">
         <v>135</v>
       </c>
       <c r="C22" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D22" t="s">
+        <v>112</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>69</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22">
+        <v>2013</v>
+      </c>
+      <c r="J22" t="s">
+        <v>50</v>
+      </c>
+      <c r="K22" t="s">
+        <v>108</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>52</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
         <v>136</v>
       </c>
-      <c r="E22" t="s">
-[...29 lines deleted...]
-      </c>
       <c r="P22" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>137</v>
+      </c>
+      <c r="B23" t="s">
+        <v>138</v>
+      </c>
+      <c r="C23" t="s">
+        <v>47</v>
+      </c>
+      <c r="D23" t="s">
+        <v>107</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>49</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>50</v>
+      </c>
+      <c r="K23" t="s">
+        <v>42</v>
+      </c>
+      <c r="L23" t="s">
         <v>139</v>
       </c>
-      <c r="B23" t="s">
+      <c r="M23" t="s">
+        <v>52</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
         <v>140</v>
       </c>
-      <c r="C23" t="s">
-[...35 lines deleted...]
-      </c>
       <c r="P23" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>141</v>
+      </c>
+      <c r="B24" t="s">
         <v>142</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
+        <v>47</v>
+      </c>
+      <c r="D24" t="s">
         <v>143</v>
       </c>
-      <c r="C24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K24" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L24" t="s">
+        <v>42</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>52</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
         <v>144</v>
       </c>
-      <c r="M24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P24" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>145</v>
+      </c>
+      <c r="B25" t="s">
         <v>146</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
+        <v>47</v>
+      </c>
+      <c r="D25" t="s">
         <v>147</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="s">
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>49</v>
+      </c>
+      <c r="G25" t="s">
+        <v>34</v>
+      </c>
+      <c r="H25">
+        <v>2003</v>
+      </c>
+      <c r="I25">
+        <v>2010</v>
+      </c>
+      <c r="J25" t="s">
+        <v>50</v>
+      </c>
+      <c r="K25" t="s">
+        <v>108</v>
+      </c>
+      <c r="L25" t="s">
         <v>148</v>
       </c>
-      <c r="E25" t="s">
-[...18 lines deleted...]
-      <c r="L25"/>
       <c r="M25" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>149</v>
       </c>
       <c r="P25" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>150</v>
       </c>
       <c r="B26" t="s">
         <v>151</v>
       </c>
       <c r="C26" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D26" t="s">
         <v>152</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G26" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K26" t="s">
-        <v>113</v>
+        <v>42</v>
       </c>
       <c r="L26" t="s">
         <v>153</v>
       </c>
       <c r="M26" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>154</v>
       </c>
       <c r="P26" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>155</v>
       </c>
       <c r="B27" t="s">
         <v>156</v>
       </c>
       <c r="C27" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D27" t="s">
-        <v>32</v>
+        <v>157</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H27">
         <v>2002</v>
       </c>
-      <c r="I27"/>
+      <c r="I27">
+        <v>2002</v>
+      </c>
       <c r="J27" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K27" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L27" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M27" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P27" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B28" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C28" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D28" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G28" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H28">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="I28">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="J28" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K28" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L28" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="M28" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="P28" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B29" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C29" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D29" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G29" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H29">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K29" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L29" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M29" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="P29" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B30" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C30" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D30" t="s">
-        <v>171</v>
+        <v>68</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K30" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L30" t="s">
         <v>172</v>
       </c>
       <c r="M30" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>173</v>
       </c>
       <c r="P30" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>174</v>
       </c>
       <c r="B31" t="s">
         <v>175</v>
       </c>
       <c r="C31" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D31" t="s">
-        <v>74</v>
+        <v>112</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H31">
         <v>2002</v>
       </c>
-      <c r="I31"/>
+      <c r="I31">
+        <v>2010</v>
+      </c>
       <c r="J31" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K31" t="s">
-        <v>34</v>
+        <v>108</v>
       </c>
       <c r="L31" t="s">
         <v>176</v>
       </c>
       <c r="M31" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>177</v>
       </c>
       <c r="P31" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>178</v>
       </c>
       <c r="B32" t="s">
         <v>179</v>
       </c>
       <c r="C32" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D32" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H32">
         <v>2002</v>
       </c>
       <c r="I32">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J32" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K32" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="L32" t="s">
+        <v>42</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>52</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
         <v>180</v>
       </c>
-      <c r="M32" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P32" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>181</v>
+      </c>
+      <c r="B33" t="s">
         <v>182</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D33" t="s">
-        <v>117</v>
+        <v>41</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="G33" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H33">
         <v>2002</v>
       </c>
       <c r="I33">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="J33" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K33" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L33"/>
+        <v>42</v>
+      </c>
+      <c r="L33" t="s">
+        <v>183</v>
+      </c>
       <c r="M33" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N33" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="O33" t="s">
         <v>184</v>
       </c>
       <c r="P33" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>185</v>
       </c>
       <c r="B34" t="s">
         <v>186</v>
       </c>
       <c r="C34" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D34" t="s">
-        <v>48</v>
+        <v>187</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G34" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H34">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K34" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L34" t="s">
-        <v>187</v>
+        <v>88</v>
       </c>
       <c r="M34" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N34" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>188</v>
       </c>
       <c r="P34" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>189</v>
       </c>
       <c r="B35" t="s">
         <v>190</v>
       </c>
       <c r="C35" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D35" t="s">
         <v>191</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G35" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H35">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I35"/>
+        <v>2012</v>
+      </c>
+      <c r="I35">
+        <v>2012</v>
+      </c>
       <c r="J35" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K35" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L35" t="s">
-        <v>93</v>
+        <v>192</v>
       </c>
       <c r="M35" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="P35" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B36" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C36" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D36" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G36" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H36">
         <v>2012</v>
       </c>
       <c r="I36">
         <v>2012</v>
       </c>
       <c r="J36" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K36" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
         <v>197</v>
       </c>
       <c r="P36" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>198</v>
       </c>
       <c r="B37" t="s">
         <v>199</v>
       </c>
       <c r="C37" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D37" t="s">
         <v>200</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G37" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H37">
         <v>2012</v>
       </c>
       <c r="I37">
         <v>2012</v>
       </c>
       <c r="J37" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K37" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>201</v>
       </c>
       <c r="P37" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>202</v>
       </c>
       <c r="B38" t="s">
         <v>203</v>
       </c>
       <c r="C38" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D38" t="s">
         <v>204</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G38" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H38">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K38" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L38"/>
+        <v>42</v>
+      </c>
+      <c r="L38" t="s">
+        <v>205</v>
+      </c>
       <c r="M38" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P38" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C39" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>208</v>
+        <v>167</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H39">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="I39"/>
+        <v>2010</v>
+      </c>
+      <c r="I39">
+        <v>2010</v>
+      </c>
       <c r="J39" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="K39" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L39" t="s">
+        <v>42</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>26</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
         <v>209</v>
       </c>
-      <c r="M39" t="s">
-[...5 lines deleted...]
-      <c r="O39" t="s">
+      <c r="P39" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>211</v>
       </c>
       <c r="B40" t="s">
         <v>212</v>
       </c>
       <c r="C40" t="s">
-        <v>18</v>
+        <v>213</v>
       </c>
       <c r="D40" t="s">
-        <v>171</v>
+        <v>68</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="G40" t="s">
-        <v>41</v>
-[...6 lines deleted...]
-      </c>
+        <v>214</v>
+      </c>
+      <c r="H40"/>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>23</v>
+        <v>215</v>
       </c>
       <c r="K40" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>26</v>
+        <v>216</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="P40" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B41" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C41" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D41" t="s">
-        <v>74</v>
+        <v>220</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G41" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="H41"/>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="K41" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
         <v>221</v>
       </c>
       <c r="P41" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>223</v>
       </c>
       <c r="B42" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C42" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D42" t="s">
-        <v>224</v>
+        <v>107</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G42" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="H42"/>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="K42" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
+        <v>224</v>
+      </c>
+      <c r="P42" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
+        <v>226</v>
+      </c>
+      <c r="B43" t="s">
+        <v>212</v>
+      </c>
+      <c r="C43" t="s">
+        <v>213</v>
+      </c>
+      <c r="D43" t="s">
         <v>227</v>
       </c>
-      <c r="B43" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G43" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="H43"/>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="K43" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
         <v>228</v>
       </c>
       <c r="P43" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>230</v>
       </c>
       <c r="B44" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C44" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D44" t="s">
-        <v>231</v>
+        <v>152</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G44" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="H44"/>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="K44" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
+        <v>231</v>
+      </c>
+      <c r="P44" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>233</v>
+      </c>
+      <c r="B45" t="s">
         <v>234</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" t="s">
-        <v>217</v>
+        <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>32</v>
+        <v>235</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="H45"/>
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2016</v>
+      </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>219</v>
+        <v>35</v>
       </c>
       <c r="K45" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L45"/>
+        <v>42</v>
+      </c>
+      <c r="L45" t="s">
+        <v>236</v>
+      </c>
       <c r="M45" t="s">
-        <v>220</v>
+        <v>26</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="P45" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B46" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>239</v>
+        <v>107</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2016</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K46" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L46" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="M46" t="s">
         <v>26</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="P46" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B47" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>112</v>
+        <v>246</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K47" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L47" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="M47" t="s">
         <v>26</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="P47" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B48" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2015</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K48" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L48" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="M48" t="s">
         <v>26</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="P48" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B49" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>256</v>
+        <v>68</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H49">
+        <v>2008</v>
+      </c>
+      <c r="I49">
         <v>2015</v>
       </c>
-      <c r="I49"/>
       <c r="J49" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="K49" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="L49"/>
       <c r="M49" t="s">
         <v>26</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
         <v>258</v>
       </c>
       <c r="P49" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>260</v>
       </c>
       <c r="B50" t="s">
         <v>261</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>74</v>
+        <v>97</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H50">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I50">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J50" t="s">
         <v>23</v>
       </c>
       <c r="K50" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L50"/>
+        <v>42</v>
+      </c>
+      <c r="L50" t="s">
+        <v>262</v>
+      </c>
       <c r="M50" t="s">
         <v>26</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="P50" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B51" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>102</v>
+        <v>204</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H51">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I51">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J51" t="s">
         <v>23</v>
       </c>
       <c r="K51" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L51" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="M51" t="s">
         <v>26</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="P51" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B52" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>208</v>
+        <v>152</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H52">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I52">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J52" t="s">
         <v>23</v>
       </c>
       <c r="K52" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
         <v>26</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
         <v>272</v>
       </c>
       <c r="P52" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>274</v>
       </c>
       <c r="B53" t="s">
         <v>275</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>32</v>
+        <v>152</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="G53" t="s">
-        <v>41</v>
+        <v>276</v>
       </c>
       <c r="H53">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
         <v>23</v>
       </c>
       <c r="K53" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>26</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="P53" t="s">
-        <v>36</v>
+        <v>278</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B54" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2019</v>
       </c>
       <c r="I54">
         <v>2020</v>
       </c>
       <c r="J54" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K54" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L54" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="M54" t="s">
         <v>26</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="P54" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B55" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G55" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H55">
         <v>2013</v>
       </c>
       <c r="I55">
         <v>2015</v>
       </c>
       <c r="J55" t="s">
         <v>23</v>
       </c>
       <c r="K55" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L55" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="M55" t="s">
         <v>26</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="P55" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B56" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C56" t="s">
         <v>18</v>
       </c>
       <c r="D56" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2014</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>23</v>
       </c>
       <c r="K56" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
         <v>26</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="P56" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">