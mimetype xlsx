--- v0 (2025-12-11)
+++ v1 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -134,303 +134,309 @@
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
+  </si>
+  <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
+    <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
+  </si>
+  <si>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
+  </si>
+  <si>
+    <t>Law 2009-07</t>
+  </si>
+  <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
+    <t>10 CFR 431 and product-specific Subparts</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>Minimum Performance Standard</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
-    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
-[...233 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1122,1374 +1128,1374 @@
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>38</v>
       </c>
       <c r="P3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="F4" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H4">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>2002</v>
+      </c>
+      <c r="I4">
+        <v>2010</v>
+      </c>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L4"/>
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K5" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="L5" t="s">
         <v>52</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
         <v>55</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
         <v>56</v>
       </c>
-      <c r="C6" t="s">
-[...2 lines deleted...]
-      <c r="D6" t="s">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>57</v>
       </c>
-      <c r="E6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H6">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>2004</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
       <c r="J6" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="K6" t="s">
         <v>36</v>
       </c>
       <c r="L6" t="s">
         <v>58</v>
       </c>
       <c r="M6" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>62</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H7">
         <v>2004</v>
       </c>
       <c r="I7">
         <v>2010</v>
       </c>
       <c r="J7" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="K7" t="s">
         <v>36</v>
       </c>
       <c r="L7" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="M7" t="s">
         <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B8" t="s">
         <v>66</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
         <v>67</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H8">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="I8">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J8" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>36</v>
       </c>
-      <c r="L8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
         <v>37</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>68</v>
       </c>
       <c r="P8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="G9" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H9">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I9">
         <v>2012</v>
       </c>
       <c r="J9" t="s">
         <v>35</v>
       </c>
       <c r="K9" t="s">
         <v>36</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
       <c r="M9" t="s">
         <v>37</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="P9" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H10">
         <v>2010</v>
       </c>
       <c r="I10">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J10" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="K10" t="s">
         <v>36</v>
       </c>
-      <c r="L10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="P10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>79</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="H11">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="K11" t="s">
         <v>36</v>
       </c>
-      <c r="L11"/>
+      <c r="L11" t="s">
+        <v>80</v>
+      </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2016</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K12" t="s">
         <v>36</v>
       </c>
       <c r="L12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K13" t="s">
         <v>36</v>
       </c>
       <c r="L13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="P13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B14" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K14" t="s">
         <v>36</v>
       </c>
       <c r="L14" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P14" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
         <v>2015</v>
       </c>
-      <c r="I15"/>
       <c r="J15" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K15" t="s">
         <v>36</v>
       </c>
-      <c r="L15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
+        <v>103</v>
+      </c>
+      <c r="P15" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>72</v>
+        <v>107</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H16">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I16">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
         <v>36</v>
       </c>
-      <c r="L16"/>
+      <c r="L16" t="s">
+        <v>108</v>
+      </c>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="P16" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H17">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I17">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
         <v>36</v>
       </c>
       <c r="L17" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P17" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B18" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H18">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I18">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>36</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>120</v>
       </c>
       <c r="P18" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>122</v>
       </c>
       <c r="B19" t="s">
         <v>123</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="G19" t="s">
-        <v>50</v>
+        <v>124</v>
       </c>
       <c r="H19">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
         <v>36</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P19" t="s">
-        <v>45</v>
+        <v>126</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B20" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2019</v>
       </c>
       <c r="I20">
         <v>2020</v>
       </c>
       <c r="J20" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K20" t="s">
         <v>36</v>
       </c>
       <c r="L20" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="P20" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B21" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>34</v>
       </c>
       <c r="G21" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21">
         <v>2015</v>
       </c>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21" t="s">
         <v>36</v>
       </c>
       <c r="L21" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="P21" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B22" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>34</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2014</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
         <v>36</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="P22" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B23" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C23" t="s">
         <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="E23" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F23" t="s">
         <v>34</v>
       </c>
       <c r="G23" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>35</v>
       </c>
       <c r="K23" t="s">
         <v>36</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>37</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="P23" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B24" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C24" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D24" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="E24" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="F24" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2019</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="K24" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="N24" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="O24" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="P24" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B25" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C25" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D25" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="E25" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="F25" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2011</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="K25" t="s">
         <v>36</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="P25" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B26" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C26" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D26" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2011</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="P26" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B27" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C27" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D27" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2011</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="K27" t="s">
         <v>36</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="P27" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B28" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C28" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D28" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>34</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2011</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="K28" t="s">
         <v>36</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="P28" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B29" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C29" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D29" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2011</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="K29" t="s">
         <v>36</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="N29" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="O29" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="P29" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B30" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C30" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D30" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2021</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="K30" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="L30" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="M30" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="N30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="O30" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="P30" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B31" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C31" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D31" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>34</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2011</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="K31" t="s">
         <v>36</v>
       </c>
       <c r="L31" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="M31" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="N31" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="O31" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="P31" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">