--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,386 +12,357 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>Disposition 684|2013</t>
   </si>
   <si>
+    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
   </si>
   <si>
-    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
-[...2 lines deleted...]
-    <t>Envelopes</t>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>IRAM 11900</t>
-[...10 lines deleted...]
-  <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
-    <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
-[...17 lines deleted...]
-    <t>Law 2009-07</t>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution 834/2019 and Resolution 422/2020</t>
+  </si>
+  <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>IRAM 2294-3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution SE No 814|2013</t>
+  </si>
+  <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>10 CFR 431 and product-specific Subparts</t>
-[...121 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-se-no-8142013</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -655,1043 +626,636 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="82" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="127" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="901.209" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="153.248" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>50</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>50</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>50</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2019</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>50</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
+      <c r="N11" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...668 lines deleted...]
-      <c r="N18" t="s">
+      <c r="O11" t="s">
         <v>87</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A19" t="s">
+      <c r="P11" t="s">
         <v>88</v>
-      </c>
-[...163 lines deleted...]
-        <v>98</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>