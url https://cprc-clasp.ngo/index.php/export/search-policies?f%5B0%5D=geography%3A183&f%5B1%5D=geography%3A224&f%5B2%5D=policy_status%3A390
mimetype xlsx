--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -134,162 +134,165 @@
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
-[...98 lines deleted...]
-    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
     <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
@@ -810,416 +813,416 @@
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>38</v>
       </c>
       <c r="P3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="F4" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>36</v>
       </c>
-      <c r="L4"/>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E5" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>36</v>
       </c>
       <c r="L5" t="s">
         <v>51</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>52</v>
       </c>
       <c r="P5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>54</v>
       </c>
       <c r="B6" t="s">
         <v>55</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>56</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2016</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K6" t="s">
         <v>36</v>
       </c>
       <c r="L6" t="s">
         <v>57</v>
       </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>58</v>
       </c>
       <c r="P6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>60</v>
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>62</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K7" t="s">
         <v>36</v>
       </c>
       <c r="L7" t="s">
         <v>63</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>64</v>
       </c>
       <c r="P7" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
         <v>67</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>68</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2015</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K8" t="s">
         <v>36</v>
       </c>
       <c r="L8" t="s">
         <v>69</v>
       </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>70</v>
       </c>
       <c r="P8" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>72</v>
       </c>
       <c r="B9" t="s">
         <v>73</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>74</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="H9">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="K9" t="s">
         <v>36</v>
       </c>
-      <c r="L9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2019</v>
       </c>
       <c r="I10">
         <v>2020</v>
       </c>
       <c r="J10" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K10" t="s">
         <v>36</v>
       </c>
       <c r="L10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11" t="s">
         <v>36</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">