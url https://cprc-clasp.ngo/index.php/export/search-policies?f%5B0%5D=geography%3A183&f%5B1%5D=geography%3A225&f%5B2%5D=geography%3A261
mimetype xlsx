--- v0 (2025-12-30)
+++ v1 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="406">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="408">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -685,309 +685,315 @@
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>Energy Saving Trust Endorsed Products</t>
+  </si>
+  <si>
+    <t>insulation</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
+  </si>
+  <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
+  </si>
+  <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-1</t>
+  </si>
+  <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
+  </si>
+  <si>
+    <t>clothes washer</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
+  </si>
+  <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
+    <t>Washer and Dryers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
+  </si>
+  <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-5</t>
+  </si>
+  <si>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
-    <t>Energy Saving Trust Endorsed Products</t>
-[...242 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -3406,1874 +3412,1874 @@
         <v>34</v>
       </c>
       <c r="K39" t="s">
         <v>35</v>
       </c>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39" t="s">
         <v>36</v>
       </c>
       <c r="O39" t="s">
         <v>220</v>
       </c>
       <c r="P39" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>222</v>
       </c>
       <c r="B40" t="s">
         <v>223</v>
       </c>
       <c r="C40" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D40" t="s">
         <v>224</v>
       </c>
       <c r="E40" t="s">
-        <v>20</v>
+        <v>225</v>
       </c>
       <c r="F40" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>23</v>
       </c>
       <c r="K40" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L40"/>
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>199</v>
+      </c>
       <c r="M40" t="s">
-        <v>26</v>
+        <v>227</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="P40" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B41" t="s">
-        <v>228</v>
+        <v>19</v>
       </c>
       <c r="C41" t="s">
         <v>32</v>
       </c>
       <c r="D41" t="s">
-        <v>229</v>
+        <v>19</v>
       </c>
       <c r="E41" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="F41" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2015</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>23</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
         <v>199</v>
       </c>
       <c r="M41" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="P41" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B42" t="s">
-        <v>19</v>
+        <v>231</v>
       </c>
       <c r="C42" t="s">
         <v>32</v>
       </c>
       <c r="D42" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="E42" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="F42" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2015</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42" t="s">
-        <v>24</v>
+        <v>232</v>
       </c>
       <c r="L42" t="s">
         <v>199</v>
       </c>
       <c r="M42" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="P42" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B43" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C43" t="s">
         <v>32</v>
       </c>
       <c r="D43" t="s">
-        <v>47</v>
+        <v>235</v>
       </c>
       <c r="E43" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="F43" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2015</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>23</v>
       </c>
       <c r="K43" t="s">
-        <v>237</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="P43" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B44" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C44" t="s">
         <v>32</v>
       </c>
       <c r="D44" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="E44" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="F44" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="G44" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H44">
         <v>2015</v>
       </c>
-      <c r="I44"/>
+      <c r="I44">
+        <v>2015</v>
+      </c>
       <c r="J44" t="s">
         <v>23</v>
       </c>
       <c r="K44" t="s">
         <v>35</v>
       </c>
-      <c r="L44"/>
+      <c r="L44" t="s">
+        <v>199</v>
+      </c>
       <c r="M44" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="P44" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B45" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="C45" t="s">
         <v>32</v>
       </c>
       <c r="D45" t="s">
-        <v>224</v>
+        <v>241</v>
       </c>
       <c r="E45" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="F45" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="G45" t="s">
         <v>53</v>
       </c>
       <c r="H45">
         <v>2015</v>
       </c>
       <c r="I45">
         <v>2015</v>
       </c>
       <c r="J45" t="s">
         <v>23</v>
       </c>
       <c r="K45" t="s">
         <v>35</v>
       </c>
       <c r="L45" t="s">
         <v>199</v>
       </c>
       <c r="M45" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="P45" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B46" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="C46" t="s">
         <v>32</v>
       </c>
       <c r="D46" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="E46" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="F46" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="G46" t="s">
         <v>53</v>
       </c>
       <c r="H46">
         <v>2015</v>
       </c>
       <c r="I46">
         <v>2015</v>
       </c>
       <c r="J46" t="s">
         <v>23</v>
       </c>
       <c r="K46" t="s">
         <v>35</v>
       </c>
       <c r="L46" t="s">
         <v>199</v>
       </c>
       <c r="M46" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="P46" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>227</v>
+        <v>246</v>
       </c>
       <c r="B47" t="s">
         <v>247</v>
       </c>
       <c r="C47" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D47" t="s">
         <v>248</v>
       </c>
       <c r="E47" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="F47" t="s">
-        <v>231</v>
+        <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>53</v>
       </c>
       <c r="H47">
-        <v>2015</v>
+        <v>2002</v>
       </c>
       <c r="I47">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="J47" t="s">
-        <v>23</v>
+        <v>249</v>
       </c>
       <c r="K47" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>199</v>
+        <v>250</v>
       </c>
       <c r="M47" t="s">
-        <v>232</v>
+        <v>26</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="P47" t="s">
-        <v>234</v>
+        <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="B48" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>252</v>
+        <v>184</v>
       </c>
       <c r="E48" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H48">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I48"/>
       <c r="J48" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="K48" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="L48" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M48" t="s">
         <v>26</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="P48" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>257</v>
       </c>
       <c r="B49" t="s">
         <v>258</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>184</v>
+        <v>259</v>
       </c>
       <c r="E49" t="s">
-        <v>230</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H49">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I49"/>
+        <v>2010</v>
+      </c>
+      <c r="I49">
+        <v>2010</v>
+      </c>
       <c r="J49" t="s">
-        <v>253</v>
+        <v>23</v>
       </c>
       <c r="K49" t="s">
         <v>35</v>
       </c>
-      <c r="L49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L49"/>
       <c r="M49" t="s">
         <v>26</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
         <v>260</v>
       </c>
       <c r="P49" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B50" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H50">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I50"/>
       <c r="J50" t="s">
-        <v>23</v>
+        <v>249</v>
       </c>
       <c r="K50" t="s">
         <v>35</v>
       </c>
-      <c r="L50"/>
+      <c r="L50" t="s">
+        <v>265</v>
+      </c>
       <c r="M50" t="s">
         <v>26</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="P50" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B51" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>268</v>
+        <v>244</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2016</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="K51" t="s">
         <v>35</v>
       </c>
       <c r="L51" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="M51" t="s">
         <v>26</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="P51" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B52" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>248</v>
+        <v>275</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="K52" t="s">
         <v>35</v>
       </c>
       <c r="L52" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="M52" t="s">
         <v>26</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="P52" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B53" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2015</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="K53" t="s">
         <v>35</v>
       </c>
       <c r="L53" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="M53" t="s">
         <v>26</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="P53" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B54" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H54">
+        <v>2008</v>
+      </c>
+      <c r="I54">
         <v>2015</v>
       </c>
-      <c r="I54"/>
       <c r="J54" t="s">
-        <v>253</v>
+        <v>23</v>
       </c>
       <c r="K54" t="s">
         <v>35</v>
       </c>
-      <c r="L54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L54"/>
       <c r="M54" t="s">
         <v>26</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P54" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B55" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>53</v>
       </c>
       <c r="H55">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I55">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J55" t="s">
         <v>23</v>
       </c>
       <c r="K55" t="s">
         <v>35</v>
       </c>
-      <c r="L55"/>
+      <c r="L55" t="s">
+        <v>293</v>
+      </c>
       <c r="M55" t="s">
         <v>26</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="P55" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B56" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C56" t="s">
         <v>18</v>
       </c>
       <c r="D56" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>53</v>
       </c>
       <c r="H56">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I56">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J56" t="s">
         <v>23</v>
       </c>
       <c r="K56" t="s">
         <v>35</v>
       </c>
       <c r="L56" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="M56" t="s">
         <v>26</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="P56" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B57" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C57" t="s">
         <v>18</v>
       </c>
       <c r="D57" t="s">
-        <v>302</v>
+        <v>238</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>53</v>
       </c>
       <c r="H57">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I57">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J57" t="s">
         <v>23</v>
       </c>
       <c r="K57" t="s">
         <v>35</v>
       </c>
-      <c r="L57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L57"/>
       <c r="M57" t="s">
         <v>26</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
         <v>304</v>
       </c>
       <c r="P57" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
         <v>306</v>
       </c>
       <c r="B58" t="s">
         <v>307</v>
       </c>
       <c r="C58" t="s">
         <v>18</v>
       </c>
       <c r="D58" t="s">
-        <v>224</v>
+        <v>238</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>21</v>
+        <v>117</v>
       </c>
       <c r="G58" t="s">
-        <v>53</v>
+        <v>308</v>
       </c>
       <c r="H58">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
         <v>23</v>
       </c>
       <c r="K58" t="s">
         <v>35</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
         <v>26</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="P58" t="s">
-        <v>226</v>
+        <v>310</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B59" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C59" t="s">
         <v>18</v>
       </c>
       <c r="D59" t="s">
         <v>72</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2019</v>
       </c>
       <c r="I59">
         <v>2020</v>
       </c>
       <c r="J59" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="K59" t="s">
         <v>35</v>
       </c>
       <c r="L59" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="M59" t="s">
         <v>26</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="P59" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B60" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C60" t="s">
         <v>18</v>
       </c>
       <c r="D60" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="G60" t="s">
         <v>53</v>
       </c>
       <c r="H60">
         <v>2013</v>
       </c>
       <c r="I60">
         <v>2015</v>
       </c>
       <c r="J60" t="s">
         <v>23</v>
       </c>
       <c r="K60" t="s">
         <v>35</v>
       </c>
       <c r="L60" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="M60" t="s">
         <v>26</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="P60" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B61" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C61" t="s">
         <v>18</v>
       </c>
       <c r="D61" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2014</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>23</v>
       </c>
       <c r="K61" t="s">
         <v>35</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
         <v>26</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="P61" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B62" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C62" t="s">
         <v>32</v>
       </c>
       <c r="D62" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2021</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
         <v>34</v>
       </c>
       <c r="K62" t="s">
         <v>35</v>
       </c>
       <c r="L62"/>
       <c r="M62"/>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="P62" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B63" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C63" t="s">
         <v>32</v>
       </c>
       <c r="D63" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>117</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2021</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
         <v>34</v>
       </c>
       <c r="K63" t="s">
         <v>35</v>
       </c>
       <c r="L63"/>
       <c r="M63"/>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="P63" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B64" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C64" t="s">
         <v>32</v>
       </c>
       <c r="D64" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>117</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2021</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
         <v>34</v>
       </c>
       <c r="K64" t="s">
         <v>35</v>
       </c>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="P64" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B65" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C65" t="s">
         <v>32</v>
       </c>
       <c r="D65" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>117</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2021</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
         <v>34</v>
       </c>
       <c r="K65" t="s">
         <v>35</v>
       </c>
       <c r="L65"/>
       <c r="M65"/>
       <c r="N65" t="s">
         <v>36</v>
       </c>
       <c r="O65" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="P65" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B66" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C66" t="s">
         <v>32</v>
       </c>
       <c r="D66" t="s">
         <v>72</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>117</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2021</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
         <v>34</v>
       </c>
       <c r="K66" t="s">
         <v>35</v>
       </c>
       <c r="L66"/>
       <c r="M66"/>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="P66" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B67" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C67" t="s">
         <v>32</v>
       </c>
       <c r="D67" t="s">
         <v>66</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>117</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2021</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>34</v>
       </c>
       <c r="K67" t="s">
         <v>35</v>
       </c>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="P67" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B68" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="C68" t="s">
         <v>32</v>
       </c>
       <c r="D68" t="s">
         <v>77</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>117</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2021</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
         <v>34</v>
       </c>
       <c r="K68" t="s">
         <v>35</v>
       </c>
       <c r="L68"/>
       <c r="M68"/>
       <c r="N68" t="s">
         <v>36</v>
       </c>
       <c r="O68" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="P68" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="B69" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="C69" t="s">
         <v>32</v>
       </c>
       <c r="D69" t="s">
         <v>59</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>117</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2021</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
         <v>34</v>
       </c>
       <c r="K69" t="s">
         <v>35</v>
       </c>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="P69" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B70" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C70" t="s">
         <v>32</v>
       </c>
       <c r="D70" t="s">
         <v>24</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>117</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2021</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
         <v>34</v>
       </c>
       <c r="K70" t="s">
         <v>89</v>
       </c>
       <c r="L70"/>
       <c r="M70"/>
       <c r="N70" t="s">
         <v>36</v>
       </c>
       <c r="O70" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="P70" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B71" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="C71" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D71" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="E71" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="F71" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2019</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="K71" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="N71" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="O71" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="P71" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B72" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C72" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D72" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="E72" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="F72" t="s">
         <v>117</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>2011</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="K72" t="s">
         <v>35</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="P72" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B73" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C73" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D73" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>117</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>2011</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="K73" t="s">
         <v>35</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="P73" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B74" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C74" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D74" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>117</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2011</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="K74" t="s">
         <v>35</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="P74" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B75" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C75" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D75" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2011</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="K75" t="s">
         <v>35</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="P75" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B76" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C76" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D76" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>117</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2011</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="K76" t="s">
         <v>35</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="N76" t="s">
         <v>36</v>
       </c>
       <c r="O76" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="P76" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B77" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C77" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D77" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2021</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="K77" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="L77" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="M77" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="N77" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="O77" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="P77" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B78" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C78" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D78" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2011</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="K78" t="s">
         <v>35</v>
       </c>
       <c r="L78" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="M78" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="N78" t="s">
         <v>36</v>
       </c>
       <c r="O78" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="P78" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">