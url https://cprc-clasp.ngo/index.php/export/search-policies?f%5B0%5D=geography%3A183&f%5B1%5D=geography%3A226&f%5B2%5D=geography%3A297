--- v0 (2025-11-12)
+++ v1 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,474 +104,477 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>ECOSTAND 053: 2016</t>
+  </si>
+  <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
+    <t>ECOWAS</t>
+  </si>
+  <si>
+    <t>Directional Lamps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>ECOWAS Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
+  </si>
+  <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
+    <t>ECOSTAND 054: 2015</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard, Quality Standard</t>
+  </si>
+  <si>
+    <t>March 2022</t>
+  </si>
+  <si>
+    <t>Electricity, Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
+  </si>
+  <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
+    <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
+  </si>
+  <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
+  </si>
+  <si>
+    <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
+  </si>
+  <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
+  </si>
+  <si>
+    <t>ECOSTAND IEC TS 62257-9-8:2020</t>
+  </si>
+  <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>April 2023</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-6</t>
+  </si>
+  <si>
+    <t>ECOWAQ</t>
+  </si>
+  <si>
+    <t>Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
+  </si>
+  <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
+    <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
+  </si>
+  <si>
+    <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
+  </si>
+  <si>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>MEPS for Compact Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>Samoa*</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.2:2010</t>
+  </si>
+  <si>
+    <t>Samoa Ministry of Finance</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-compact-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for Fluorescent Lamp Ballasts</t>
+  </si>
+  <si>
+    <t>This policy references AS/NZ 4783.2-2002, which specifies the classification, labeling, and minimum energy performance requirements for ballasts for linear fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>Lighting</t>
+  </si>
+  <si>
+    <t>AS/NZ 4783.1:2001</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamp-ballasts</t>
+  </si>
+  <si>
+    <t>MEPS for Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This policy specifies requirements for Minimum Energy Performance Standards (MEPS), maximum wattage and other requirements for incandescent lamps, both tungsten filament and tungsten halogen. This policy references standard AS 4934.2-2011.</t>
+  </si>
+  <si>
+    <t>AS/NZS 4934.1-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps-0</t>
+  </si>
+  <si>
+    <t>MEPS for Linear Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.2:2004</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-linear-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>Minimum Performance Standard</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
-    <t>ECOSTAND 053: 2016</t>
-[...388 lines deleted...]
-  <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
     <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1066,1326 +1069,1326 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="F4" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L4"/>
+        <v>46</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
       <c r="M4" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="E5" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="K5" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="P5" t="s">
         <v>55</v>
       </c>
+      <c r="P5"/>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>56</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>58</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2017</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L6"/>
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
       <c r="M6" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P6"/>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>64</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H7">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
+        <v>67</v>
       </c>
       <c r="L7" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="M7" t="s">
-        <v>42</v>
+        <v>69</v>
       </c>
       <c r="N7" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="O7" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="P7"/>
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>69</v>
+        <v>59</v>
       </c>
       <c r="G8" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="H8">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>71</v>
+        <v>54</v>
       </c>
       <c r="K8" t="s">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="L8" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="M8" t="s">
-        <v>74</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>76</v>
       </c>
-      <c r="P8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P8"/>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
         <v>78</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>79</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="F9" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="H9">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I9"/>
+        <v>2002</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
       <c r="J9" t="s">
-        <v>59</v>
+        <v>82</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="M9" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="P9"/>
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B10" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="E10" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>86</v>
+        <v>22</v>
       </c>
       <c r="H10">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="K10" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="L10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P10" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>91</v>
       </c>
       <c r="B11" t="s">
         <v>92</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>93</v>
       </c>
       <c r="E11" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="H11">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I11"/>
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2010</v>
+      </c>
       <c r="J11" t="s">
-        <v>87</v>
+        <v>23</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>96</v>
       </c>
       <c r="B12" t="s">
         <v>97</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>98</v>
       </c>
       <c r="D12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G12" t="s">
-        <v>86</v>
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>23</v>
+        <v>100</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L12"/>
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>101</v>
+      </c>
       <c r="M12" t="s">
-        <v>26</v>
+        <v>102</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="P12" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B13" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C13" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D13" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2018</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L13" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="M13" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="P13" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>110</v>
       </c>
       <c r="B14" t="s">
         <v>111</v>
       </c>
       <c r="C14" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D14" t="s">
-        <v>112</v>
+        <v>93</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2018</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L14" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="M14" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="P14" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" t="s">
         <v>115</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
+        <v>98</v>
+      </c>
+      <c r="D15" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2018</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L15" t="s">
         <v>117</v>
       </c>
       <c r="M15" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>118</v>
       </c>
       <c r="P15" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>119</v>
       </c>
       <c r="B16" t="s">
         <v>120</v>
       </c>
       <c r="C16" t="s">
-        <v>103</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>121</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>105</v>
+        <v>82</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L16" t="s">
         <v>122</v>
       </c>
       <c r="M16" t="s">
-        <v>107</v>
+        <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>123</v>
       </c>
       <c r="P16" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2016</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L17" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2015</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="P19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
         <v>2015</v>
       </c>
-      <c r="I20"/>
       <c r="J20" t="s">
-        <v>87</v>
+        <v>23</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>146</v>
       </c>
       <c r="P20" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>148</v>
       </c>
       <c r="B21" t="s">
         <v>149</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
         <v>150</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="H21">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I21">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L21"/>
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>151</v>
+      </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B22" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>155</v>
+        <v>116</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="H22">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I22">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L22" t="s">
         <v>156</v>
       </c>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>157</v>
       </c>
       <c r="P22" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>159</v>
       </c>
       <c r="B23" t="s">
         <v>160</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>121</v>
+        <v>161</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="H23">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I23">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>162</v>
       </c>
       <c r="P23" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>164</v>
       </c>
       <c r="B24" t="s">
         <v>165</v>
       </c>
       <c r="C24" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>32</v>
+        <v>166</v>
       </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G24" t="s">
-        <v>86</v>
-[...6 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="K24" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L24"/>
+        <v>67</v>
+      </c>
+      <c r="L24" t="s">
+        <v>47</v>
+      </c>
       <c r="M24" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N24" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="O24" t="s">
-        <v>166</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="P24"/>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B25" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C25" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="E25" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>69</v>
+        <v>34</v>
       </c>
       <c r="G25" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="H25"/>
+        <v>65</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="K25" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="N25" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>171</v>
       </c>
-      <c r="P25"/>
+      <c r="P25" t="s">
+        <v>172</v>
+      </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B26" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2019</v>
       </c>
       <c r="I26">
         <v>2020</v>
       </c>
       <c r="J26" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="K26" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="M26" t="s">
         <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="P26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B27" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="G27" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="H27">
         <v>2013</v>
       </c>
       <c r="I27">
         <v>2015</v>
       </c>
       <c r="J27" t="s">
         <v>23</v>
       </c>
       <c r="K27" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L27" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="M27" t="s">
         <v>26</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P27" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B28" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2014</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>23</v>
       </c>
       <c r="K28" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>26</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="P28" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C29" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D29" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2018</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="K29" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="P29" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">