--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -131,162 +131,165 @@
   <si>
     <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
   </si>
   <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
     <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
-[...98 lines deleted...]
-    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
     <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
@@ -810,416 +813,416 @@
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>37</v>
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F4" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="K4" t="s">
         <v>35</v>
       </c>
-      <c r="L4"/>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="K5" t="s">
         <v>35</v>
       </c>
       <c r="L5" t="s">
         <v>50</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>51</v>
       </c>
       <c r="P5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>53</v>
       </c>
       <c r="B6" t="s">
         <v>54</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>55</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2016</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="K6" t="s">
         <v>35</v>
       </c>
       <c r="L6" t="s">
         <v>56</v>
       </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>57</v>
       </c>
       <c r="P6" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>59</v>
       </c>
       <c r="B7" t="s">
         <v>60</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>61</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="K7" t="s">
         <v>35</v>
       </c>
       <c r="L7" t="s">
         <v>62</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>63</v>
       </c>
       <c r="P7" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>65</v>
       </c>
       <c r="B8" t="s">
         <v>66</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>67</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2015</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="K8" t="s">
         <v>35</v>
       </c>
       <c r="L8" t="s">
         <v>68</v>
       </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>69</v>
       </c>
       <c r="P8" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>71</v>
       </c>
       <c r="B9" t="s">
         <v>72</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>73</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H9">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="K9" t="s">
         <v>35</v>
       </c>
-      <c r="L9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2019</v>
       </c>
       <c r="I10">
         <v>2020</v>
       </c>
       <c r="J10" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="K10" t="s">
         <v>35</v>
       </c>
       <c r="L10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11" t="s">
         <v>35</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">