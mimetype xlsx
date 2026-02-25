--- v0 (2025-11-12)
+++ v1 (2026-02-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="916">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="929">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -228,124 +228,127 @@
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
-    <t>Refrigerated Cabinets</t>
-[...1 lines deleted...]
-  <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>Energy Efficiency, Industrial Sector</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
-  </si>
-[...13 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
     <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
     <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
   </si>
   <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>EN 50301</t>
@@ -826,60 +829,63 @@
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
   </si>
   <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
@@ -1111,50 +1117,78 @@
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
@@ -1597,1035 +1631,1041 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
   </si>
   <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
     <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
+    <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of household air conditioners</t>
+  </si>
+  <si>
+    <t>Applies to electric air conditioners of domestic and foreign make, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, with a nominal capacity of equal to or less than 12 kW, which are used for cooling or heating, including reversible air conditioners with a rated capacity of less than or equal to 12 kW when cooling.</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>October 2015</t>
+  </si>
+  <si>
+    <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-labeling</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-konditsionery.doc</t>
+  </si>
+  <si>
+    <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
+  </si>
+  <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
+    <t>Displays, Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
+    <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
+  </si>
+  <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
+    <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
+  </si>
+  <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
+    <t>Energy Label Regulation for Sanitary Fittings</t>
+  </si>
+  <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>Showers or Showerheads, Taps or Faucets</t>
+  </si>
+  <si>
+    <t>Water</t>
+  </si>
+  <si>
+    <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
+  </si>
+  <si>
+    <t>Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
+  </si>
+  <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust Endorsed Products</t>
+  </si>
+  <si>
+    <t>insulation</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
+  </si>
+  <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
+  </si>
+  <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-1</t>
+  </si>
+  <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
+  </si>
+  <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
+  </si>
+  <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
+    <t>Washer and Dryers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
+  </si>
+  <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-5</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
+  </si>
+  <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
+    <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
+  </si>
+  <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>Toilets</t>
+  </si>
+  <si>
+    <t>January 2021</t>
+  </si>
+  <si>
+    <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
+  </si>
+  <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
+    <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
+  </si>
+  <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
+    <t>Showers or Showerheads</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
+  </si>
+  <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
+    <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
+  </si>
+  <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
+    <t>Urinals, Taps or Faucets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
+  </si>
+  <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
+    <t>Federal Law No. 261-FZ</t>
+  </si>
+  <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
+    <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
+    <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
+    <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
+    <t>GOST 14919-83</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
+    <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
+  </si>
+  <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
+    <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
+  </si>
+  <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
+    <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
+    <t>Art 4.3 of GOST 16617-87</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
+    <t>GOST 18198-89 Television receivers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
+    <t>Federal Agency on Technical Regulating and Metrology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
+    <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
+    <t>October 2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
+    <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
+    <t>GOST 21776-87 Printers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
+    <t>GOST 23110-84 Household electric water heaters - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
+    <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
+    <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
+    <t>Home Theater Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
+    <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
+    <t>GOST 25178-82 Electric hand dryers - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
+    <t>art 5.3 of GOST 25178-82</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
+    <t>GOST 26287-84 Household electric pumps - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
+    <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
+    <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
+  </si>
+  <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
+    <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
+  </si>
+  <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
+    <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
+  </si>
+  <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
+    <t>Pump Systems</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
+    <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
+    <t>Window Fans</t>
+  </si>
+  <si>
+    <t>Art 6.5 of GOST 7402-84</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
+    <t>GOST 8051-83 Domestic washing machines - Specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
+    <t>Art 6.3 of GOST 8051-83</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
+    <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
+  </si>
+  <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
+    <t>GOST R 51388-99 (art.7)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
+    <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
+  </si>
+  <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
+    <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
+    <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
+  </si>
+  <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
+    <t>GOST R IEC 60456-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 1324</t>
+  </si>
+  <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>GOST 21766-87, GOST 21552-84</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade of the Russian Federation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
+  </si>
+  <si>
+    <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
+  </si>
+  <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>Coffee Machines</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
+  </si>
+  <si>
+    <t>AFNOR Certification</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 003 White Goods</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>Ecolabelling Sweden</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washing Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 015 Imaging Equipment</t>
+  </si>
+  <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
+    <t>RAL-UZ 122 Version June 2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
+  </si>
+  <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
+    <t>Outdoor Tools &amp; Equipment</t>
+  </si>
+  <si>
+    <t>Electricity, Oil</t>
+  </si>
+  <si>
+    <t>ISO 8178, CEC RF-08-A-85</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 048 Computers</t>
+  </si>
+  <si>
+    <t>Computers, Displays</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Computer Program Requirements Version 6</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 059 Heat Pumps</t>
+  </si>
+  <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
+    <t>EN 14511</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
+    <t>Doors, Windows</t>
+  </si>
+  <si>
+    <t>EN 14351-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 071 TV and Projector</t>
+  </si>
+  <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
+    <t>Televisions, Projectors</t>
+  </si>
+  <si>
+    <t>IEC 62087, ver. 2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
+  </si>
+  <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
-    <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of household air conditioners</t>
-[...946 lines deleted...]
-  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
@@ -3210,65 +3250,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P189"/>
+  <dimension ref="A1:P190"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3632,8512 +3672,8560 @@
       </c>
       <c r="L8" t="s">
         <v>64</v>
       </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>69</v>
       </c>
       <c r="P8" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>71</v>
       </c>
       <c r="B9" t="s">
         <v>72</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E9" t="s">
         <v>39</v>
       </c>
       <c r="F9" t="s">
         <v>40</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
       <c r="H9">
         <v>2015</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
-      <c r="M9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M9"/>
       <c r="N9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="B10" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E10" t="s">
         <v>39</v>
       </c>
       <c r="F10" t="s">
         <v>40</v>
       </c>
       <c r="G10" t="s">
         <v>41</v>
       </c>
       <c r="H10">
         <v>2015</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
-      <c r="M10"/>
+      <c r="M10" t="s">
+        <v>81</v>
+      </c>
       <c r="N10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E11" t="s">
         <v>39</v>
       </c>
       <c r="F11" t="s">
         <v>40</v>
       </c>
       <c r="G11" t="s">
         <v>41</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E12" t="s">
         <v>39</v>
       </c>
       <c r="F12" t="s">
         <v>40</v>
       </c>
       <c r="G12" t="s">
         <v>41</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>51</v>
       </c>
       <c r="K12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>56</v>
       </c>
       <c r="E13" t="s">
         <v>39</v>
       </c>
       <c r="F13" t="s">
         <v>40</v>
       </c>
       <c r="G13" t="s">
         <v>41</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>51</v>
       </c>
       <c r="K13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C14" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D14" t="s">
         <v>56</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14" t="s">
         <v>40</v>
       </c>
       <c r="G14" t="s">
         <v>41</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K14" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P14" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15" t="s">
         <v>40</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2010</v>
       </c>
       <c r="I15">
         <v>2019</v>
       </c>
       <c r="J15" t="s">
         <v>51</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M15" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B16" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C16" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E16" t="s">
         <v>39</v>
       </c>
       <c r="F16" t="s">
         <v>40</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2010</v>
       </c>
       <c r="I16">
         <v>2019</v>
       </c>
       <c r="J16" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M16"/>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P16" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C17" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E17" t="s">
         <v>39</v>
       </c>
       <c r="F17" t="s">
         <v>40</v>
       </c>
       <c r="G17" t="s">
         <v>41</v>
       </c>
       <c r="H17">
         <v>2019</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K17" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="O17" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P17" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B18" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E18" t="s">
         <v>39</v>
       </c>
       <c r="F18" t="s">
         <v>40</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>1995</v>
       </c>
       <c r="I18">
         <v>2019</v>
       </c>
       <c r="J18" t="s">
         <v>51</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M18" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N18" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="O18" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P18" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B19" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E19" t="s">
         <v>39</v>
       </c>
       <c r="F19" t="s">
         <v>40</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>1998</v>
       </c>
       <c r="I19">
         <v>2019</v>
       </c>
       <c r="J19" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P19" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B20" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C20" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D20" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E20" t="s">
         <v>39</v>
       </c>
       <c r="F20" t="s">
         <v>40</v>
       </c>
       <c r="G20" t="s">
         <v>41</v>
       </c>
       <c r="H20">
         <v>2019</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M20"/>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P20" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B21" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E21" t="s">
         <v>39</v>
       </c>
       <c r="F21" t="s">
         <v>40</v>
       </c>
       <c r="G21" t="s">
         <v>41</v>
       </c>
       <c r="H21">
         <v>2019</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>51</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M21" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P21" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B22" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E22" t="s">
         <v>39</v>
       </c>
       <c r="F22" t="s">
         <v>40</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>1997</v>
       </c>
       <c r="I22">
         <v>2019</v>
       </c>
       <c r="J22" t="s">
         <v>51</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N22" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="O22" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="P22" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B23" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C23" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D23" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E23" t="s">
         <v>39</v>
       </c>
       <c r="F23" t="s">
         <v>40</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>1997</v>
       </c>
       <c r="I23">
         <v>2019</v>
       </c>
       <c r="J23" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="O23" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P23" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B24" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C24" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D24" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E24" t="s">
         <v>39</v>
       </c>
       <c r="F24" t="s">
         <v>40</v>
       </c>
       <c r="G24" t="s">
         <v>41</v>
       </c>
       <c r="H24">
         <v>2019</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="P24" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B25" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E25" t="s">
         <v>39</v>
       </c>
       <c r="F25" t="s">
         <v>40</v>
       </c>
       <c r="G25" t="s">
         <v>41</v>
       </c>
       <c r="H25">
         <v>2019</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>51</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N25" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O25" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P25" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B26" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C26" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D26" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E26" t="s">
         <v>39</v>
       </c>
       <c r="F26" t="s">
         <v>40</v>
       </c>
       <c r="G26" t="s">
         <v>41</v>
       </c>
       <c r="H26">
         <v>2023</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>51</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="P26" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B27" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E27" t="s">
         <v>39</v>
       </c>
       <c r="F27" t="s">
         <v>40</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>1995</v>
       </c>
       <c r="I27">
         <v>2023</v>
       </c>
       <c r="J27" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K27" t="s">
         <v>63</v>
       </c>
       <c r="L27" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="M27" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="P27" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B28" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C28" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D28" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E28" t="s">
         <v>39</v>
       </c>
       <c r="F28" t="s">
         <v>40</v>
       </c>
       <c r="G28" t="s">
         <v>41</v>
       </c>
       <c r="H28">
         <v>2014</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="M28"/>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P28" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B29" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E29" t="s">
         <v>39</v>
       </c>
       <c r="F29" t="s">
         <v>40</v>
       </c>
       <c r="G29" t="s">
         <v>41</v>
       </c>
       <c r="H29">
         <v>2014</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>51</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="M29" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P29" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B30" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C30" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D30" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E30" t="s">
         <v>39</v>
       </c>
       <c r="F30" t="s">
         <v>40</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>1995</v>
       </c>
       <c r="I30">
         <v>2012</v>
       </c>
       <c r="J30" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K30" t="s">
         <v>63</v>
       </c>
       <c r="L30" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="M30"/>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P30" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B31" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E31" t="s">
         <v>39</v>
       </c>
       <c r="F31" t="s">
         <v>40</v>
       </c>
       <c r="G31" t="s">
         <v>41</v>
       </c>
       <c r="H31">
         <v>2013</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>51</v>
       </c>
       <c r="K31" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="P31" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C32" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D32" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E32" t="s">
         <v>39</v>
       </c>
       <c r="F32" t="s">
         <v>40</v>
       </c>
       <c r="G32" t="s">
         <v>41</v>
       </c>
       <c r="H32">
         <v>2013</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K32" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P32"/>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B33" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33" t="s">
         <v>40</v>
       </c>
       <c r="G33" t="s">
         <v>41</v>
       </c>
       <c r="H33">
         <v>2011</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>51</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P33" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B34" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D34" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34" t="s">
         <v>40</v>
       </c>
       <c r="G34" t="s">
         <v>41</v>
       </c>
       <c r="H34">
         <v>2011</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34"/>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="P34" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B35" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C35" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D35" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35" t="s">
         <v>40</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>1979</v>
       </c>
       <c r="I35">
         <v>2013</v>
       </c>
       <c r="J35" t="s">
         <v>51</v>
       </c>
       <c r="K35" t="s">
         <v>63</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P35" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B36" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C36" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D36" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36" t="s">
         <v>40</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>1979</v>
       </c>
       <c r="I36">
         <v>2013</v>
       </c>
       <c r="J36" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K36" t="s">
         <v>63</v>
       </c>
       <c r="L36"/>
       <c r="M36"/>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P36" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B37" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37" t="s">
         <v>40</v>
       </c>
       <c r="G37" t="s">
         <v>41</v>
       </c>
       <c r="H37">
         <v>2013</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>51</v>
       </c>
       <c r="K37" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="P37" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B38" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C38" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D38" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E38" t="s">
         <v>39</v>
       </c>
       <c r="F38" t="s">
         <v>40</v>
       </c>
       <c r="G38" t="s">
         <v>41</v>
       </c>
       <c r="H38">
         <v>2013</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K38" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="P38" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B39" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C39" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D39" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E39" t="s">
         <v>39</v>
       </c>
       <c r="F39" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G39" t="s">
         <v>41</v>
       </c>
       <c r="H39">
         <v>2009</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="P39" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B40" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E40" t="s">
         <v>39</v>
       </c>
       <c r="F40" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G40" t="s">
         <v>41</v>
       </c>
       <c r="H40">
         <v>2009</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>51</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P40" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B41" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C41" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D41" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E41" t="s">
         <v>39</v>
       </c>
       <c r="F41" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G41" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H41">
         <v>2015</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L41"/>
       <c r="M41"/>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P41" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B42" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C42" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D42" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E42" t="s">
         <v>39</v>
       </c>
       <c r="F42" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G42" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H42">
         <v>2015</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K42" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="P42" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B43" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E43" t="s">
         <v>39</v>
       </c>
       <c r="F43" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G43" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H43">
         <v>2015</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>51</v>
       </c>
       <c r="K43" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L43"/>
       <c r="M43"/>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P43" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B44" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C44" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D44" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E44" t="s">
         <v>39</v>
       </c>
       <c r="F44" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G44" t="s">
         <v>41</v>
       </c>
       <c r="H44">
         <v>2015</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K44" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P44" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B45" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C45" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D45" t="s">
         <v>56</v>
       </c>
       <c r="E45" t="s">
         <v>39</v>
       </c>
       <c r="F45" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G45" t="s">
         <v>41</v>
       </c>
       <c r="H45">
         <v>2015</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K45" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="P45" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B46" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
         <v>56</v>
       </c>
       <c r="E46" t="s">
         <v>39</v>
       </c>
       <c r="F46" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G46" t="s">
         <v>41</v>
       </c>
       <c r="H46">
         <v>2015</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>51</v>
       </c>
       <c r="K46" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="P46" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B47" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C47" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D47" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E47" t="s">
         <v>39</v>
       </c>
       <c r="F47" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G47" t="s">
         <v>41</v>
       </c>
       <c r="H47">
         <v>2016</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47"/>
       <c r="N47" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O47" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="P47" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B48" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E48" t="s">
         <v>39</v>
       </c>
       <c r="F48" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G48" t="s">
         <v>41</v>
       </c>
       <c r="H48">
         <v>2016</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>51</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N48" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O48" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="P48" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B49" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E49" t="s">
         <v>39</v>
       </c>
       <c r="F49" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2009</v>
       </c>
       <c r="I49">
         <v>2019</v>
       </c>
       <c r="J49" t="s">
         <v>51</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N49" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O49" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="P49" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B50" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C50" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="D50" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E50" t="s">
         <v>39</v>
       </c>
       <c r="F50" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2009</v>
       </c>
       <c r="I50">
         <v>2019</v>
       </c>
       <c r="J50" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
-      <c r="M50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M50"/>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="P50" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B51" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C51" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E51" t="s">
         <v>39</v>
       </c>
       <c r="F51" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G51" t="s">
-        <v>22</v>
+        <v>264</v>
       </c>
       <c r="H51">
         <v>2009</v>
       </c>
       <c r="I51">
         <v>2019</v>
       </c>
       <c r="J51" t="s">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
-      <c r="M51"/>
+      <c r="M51" t="s">
+        <v>81</v>
+      </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="P51" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B52" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E52" t="s">
         <v>39</v>
       </c>
       <c r="F52" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2015</v>
       </c>
       <c r="I52">
         <v>2019</v>
       </c>
       <c r="J52" t="s">
         <v>51</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="M52" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="N52" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O52" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="P52" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B53" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C53" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D53" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E53" t="s">
         <v>39</v>
       </c>
       <c r="F53" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2015</v>
       </c>
       <c r="I53">
         <v>2019</v>
       </c>
       <c r="J53" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53"/>
       <c r="N53" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O53" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="P53" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B54" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C54" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D54" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E54" t="s">
         <v>39</v>
       </c>
       <c r="F54" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2015</v>
       </c>
       <c r="I54">
         <v>2019</v>
       </c>
       <c r="J54" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="M54"/>
       <c r="N54" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O54" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="P54" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B55" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" t="s">
         <v>43</v>
       </c>
       <c r="E55" t="s">
         <v>39</v>
       </c>
       <c r="F55" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G55" t="s">
         <v>41</v>
       </c>
       <c r="H55">
         <v>2019</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K55" t="s">
         <v>63</v>
       </c>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O55" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="P55" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B56" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C56" t="s">
         <v>18</v>
       </c>
       <c r="D56" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E56" t="s">
         <v>39</v>
       </c>
       <c r="F56" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G56" t="s">
         <v>41</v>
       </c>
       <c r="H56">
         <v>2019</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>51</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="P56" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B57" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C57" t="s">
         <v>18</v>
       </c>
       <c r="D57" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E57" t="s">
         <v>39</v>
       </c>
       <c r="F57" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2000</v>
       </c>
       <c r="I57">
         <v>2019</v>
       </c>
       <c r="J57" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="P57" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B58" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C58" t="s">
         <v>18</v>
       </c>
       <c r="D58" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E58" t="s">
         <v>39</v>
       </c>
       <c r="F58" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2009</v>
       </c>
       <c r="I58">
         <v>2019</v>
       </c>
       <c r="J58" t="s">
         <v>51</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="P58" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B59" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C59" t="s">
         <v>18</v>
       </c>
       <c r="D59" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E59" t="s">
         <v>39</v>
       </c>
       <c r="F59" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2010</v>
       </c>
       <c r="I59">
         <v>2019</v>
       </c>
       <c r="J59" t="s">
         <v>51</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="M59" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="P59" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B60" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C60" t="s">
         <v>18</v>
       </c>
       <c r="D60" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E60" t="s">
         <v>39</v>
       </c>
       <c r="F60" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2010</v>
       </c>
       <c r="I60">
         <v>2019</v>
       </c>
       <c r="J60" t="s">
         <v>51</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M60" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="P60" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B61" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C61" t="s">
         <v>18</v>
       </c>
       <c r="D61" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E61" t="s">
         <v>39</v>
       </c>
       <c r="F61" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G61" t="s">
         <v>41</v>
       </c>
       <c r="H61">
         <v>2019</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>51</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N61" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O61" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="P61" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B62" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C62" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D62" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="E62" t="s">
         <v>39</v>
       </c>
       <c r="F62" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G62" t="s">
         <v>41</v>
       </c>
       <c r="H62">
         <v>2014</v>
       </c>
       <c r="I62">
         <v>2019</v>
       </c>
       <c r="J62" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62"/>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="P62" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B63" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C63" t="s">
         <v>18</v>
       </c>
       <c r="D63" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="E63" t="s">
         <v>39</v>
       </c>
       <c r="F63" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2014</v>
       </c>
       <c r="I63">
         <v>2019</v>
       </c>
       <c r="J63" t="s">
         <v>51</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="P63" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B64" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C64" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D64" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="E64" t="s">
         <v>39</v>
       </c>
       <c r="F64" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2014</v>
       </c>
       <c r="I64">
         <v>2019</v>
       </c>
       <c r="J64" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="P64" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B65" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C65" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D65" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E65" t="s">
         <v>39</v>
       </c>
       <c r="F65" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G65" t="s">
         <v>41</v>
       </c>
       <c r="H65">
         <v>2023</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
         <v>51</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65"/>
       <c r="M65"/>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="P65" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B66" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C66" t="s">
         <v>18</v>
       </c>
       <c r="D66" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E66" t="s">
         <v>39</v>
       </c>
       <c r="F66" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G66" t="s">
         <v>41</v>
       </c>
       <c r="H66">
         <v>2012</v>
       </c>
       <c r="I66">
         <v>2023</v>
       </c>
       <c r="J66" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K66" t="s">
         <v>63</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="P66" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B67" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C67" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D67" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="E67" t="s">
         <v>39</v>
       </c>
       <c r="F67" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G67" t="s">
         <v>41</v>
       </c>
       <c r="H67">
         <v>2013</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="P67" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B68" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C68" t="s">
         <v>18</v>
       </c>
       <c r="D68" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="E68" t="s">
         <v>39</v>
       </c>
       <c r="F68" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2013</v>
       </c>
       <c r="I68">
         <v>2023</v>
       </c>
       <c r="J68" t="s">
         <v>51</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="P68" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B69" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C69" t="s">
         <v>18</v>
       </c>
       <c r="D69" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E69" t="s">
         <v>39</v>
       </c>
       <c r="F69" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2015</v>
       </c>
       <c r="I69">
         <v>2024</v>
       </c>
       <c r="J69" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="K69" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="P69" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B70" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C70" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D70" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="E70" t="s">
         <v>39</v>
       </c>
       <c r="F70" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2024</v>
       </c>
       <c r="I70">
         <v>2024</v>
       </c>
       <c r="J70" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N70" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O70" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="P70" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B71" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C71" t="s">
-        <v>79</v>
+        <v>156</v>
       </c>
       <c r="D71" t="s">
-        <v>168</v>
+        <v>350</v>
       </c>
       <c r="E71" t="s">
         <v>39</v>
       </c>
       <c r="F71" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G71" t="s">
-        <v>41</v>
+        <v>351</v>
       </c>
       <c r="H71">
-        <v>2014</v>
+        <v>2025</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>80</v>
+        <v>352</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="M71"/>
+        <v>353</v>
+      </c>
+      <c r="M71" t="s">
+        <v>354</v>
+      </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
       <c r="P71" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="B72" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="C72" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="D72" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E72" t="s">
         <v>39</v>
       </c>
       <c r="F72" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G72" t="s">
         <v>41</v>
       </c>
       <c r="H72">
         <v>2014</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>169</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="M72"/>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="P72" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="B73" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="C73" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="D73" t="s">
-        <v>355</v>
+        <v>169</v>
       </c>
       <c r="E73" t="s">
         <v>39</v>
       </c>
       <c r="F73" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G73" t="s">
         <v>41</v>
       </c>
       <c r="H73">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
-      <c r="L73"/>
-      <c r="M73"/>
+      <c r="L73" t="s">
+        <v>170</v>
+      </c>
+      <c r="M73" t="s">
+        <v>81</v>
+      </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="P73" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="B74" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="C74" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="D74" t="s">
-        <v>355</v>
+        <v>366</v>
       </c>
       <c r="E74" t="s">
         <v>39</v>
       </c>
       <c r="F74" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G74" t="s">
         <v>41</v>
       </c>
       <c r="H74">
         <v>2012</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74"/>
-      <c r="M74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M74"/>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="P74" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="B75" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="C75" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="D75" t="s">
-        <v>342</v>
+        <v>366</v>
       </c>
       <c r="E75" t="s">
         <v>39</v>
       </c>
       <c r="F75" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G75" t="s">
         <v>41</v>
       </c>
       <c r="H75">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
-      <c r="M75"/>
+      <c r="M75" t="s">
+        <v>81</v>
+      </c>
       <c r="N75" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="P75" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>362</v>
+        <v>373</v>
       </c>
       <c r="B76" t="s">
-        <v>363</v>
+        <v>374</v>
       </c>
       <c r="C76" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="D76" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="E76" t="s">
         <v>39</v>
       </c>
       <c r="F76" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G76" t="s">
         <v>41</v>
       </c>
       <c r="H76">
         <v>2011</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76"/>
-      <c r="M76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M76"/>
       <c r="N76" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O76" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="P76" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="B77" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="C77" t="s">
         <v>18</v>
       </c>
       <c r="D77" t="s">
-        <v>370</v>
+        <v>344</v>
       </c>
       <c r="E77" t="s">
         <v>39</v>
       </c>
       <c r="F77" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G77" t="s">
         <v>41</v>
       </c>
       <c r="H77">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
         <v>51</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N77" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="O77" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="P77" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>368</v>
+        <v>379</v>
       </c>
       <c r="B78" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="C78" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="D78" t="s">
-        <v>370</v>
+        <v>381</v>
       </c>
       <c r="E78" t="s">
         <v>39</v>
       </c>
       <c r="F78" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G78" t="s">
         <v>41</v>
       </c>
       <c r="H78">
         <v>2012</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
-      <c r="M78"/>
+      <c r="M78" t="s">
+        <v>81</v>
+      </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="P78" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="B79" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="C79" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="D79" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="E79" t="s">
         <v>39</v>
       </c>
       <c r="F79" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G79" t="s">
         <v>41</v>
       </c>
       <c r="H79">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="K79" t="s">
-        <v>63</v>
+        <v>24</v>
       </c>
       <c r="L79"/>
-      <c r="M79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M79"/>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="P79" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>376</v>
+        <v>387</v>
       </c>
       <c r="B80" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="C80" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="D80" t="s">
-        <v>378</v>
+        <v>389</v>
       </c>
       <c r="E80" t="s">
         <v>39</v>
       </c>
       <c r="F80" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G80" t="s">
         <v>41</v>
       </c>
       <c r="H80">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="K80" t="s">
         <v>63</v>
       </c>
       <c r="L80"/>
-      <c r="M80"/>
+      <c r="M80" t="s">
+        <v>81</v>
+      </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>382</v>
+        <v>390</v>
       </c>
       <c r="P80" t="s">
-        <v>383</v>
+        <v>391</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B81" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="C81" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D81" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="E81" t="s">
         <v>39</v>
       </c>
       <c r="F81" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G81" t="s">
         <v>41</v>
       </c>
       <c r="H81">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K81" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="L81"/>
       <c r="M81"/>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="P81" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>384</v>
+        <v>395</v>
       </c>
       <c r="B82" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="C82" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="D82" t="s">
-        <v>386</v>
+        <v>397</v>
       </c>
       <c r="E82" t="s">
         <v>39</v>
       </c>
       <c r="F82" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G82" t="s">
         <v>41</v>
       </c>
       <c r="H82">
         <v>2013</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>125</v>
+        <v>75</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82"/>
-      <c r="M82" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M82"/>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="P82" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="B83" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="C83" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="D83" t="s">
-        <v>181</v>
+        <v>397</v>
       </c>
       <c r="E83" t="s">
         <v>39</v>
       </c>
       <c r="F83" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G83" t="s">
         <v>41</v>
       </c>
       <c r="H83">
         <v>2013</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>80</v>
+        <v>126</v>
       </c>
       <c r="K83" t="s">
-        <v>182</v>
-[...4 lines deleted...]
-      <c r="M83"/>
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>81</v>
+      </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="P83" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>392</v>
+        <v>403</v>
       </c>
       <c r="B84" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="C84" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="D84" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E84" t="s">
         <v>39</v>
       </c>
       <c r="F84" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G84" t="s">
         <v>41</v>
       </c>
       <c r="H84">
         <v>2013</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>125</v>
+        <v>75</v>
       </c>
       <c r="K84" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="L84" t="s">
-        <v>394</v>
-[...3 lines deleted...]
-      </c>
+        <v>405</v>
+      </c>
+      <c r="M84"/>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="P84" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="B85" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="C85" t="s">
-        <v>200</v>
+        <v>18</v>
       </c>
       <c r="D85" t="s">
-        <v>161</v>
+        <v>182</v>
       </c>
       <c r="E85" t="s">
         <v>39</v>
       </c>
       <c r="F85" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G85" t="s">
         <v>41</v>
       </c>
       <c r="H85">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>80</v>
+        <v>126</v>
       </c>
       <c r="K85" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-      <c r="M85"/>
+        <v>183</v>
+      </c>
+      <c r="L85" t="s">
+        <v>405</v>
+      </c>
+      <c r="M85" t="s">
+        <v>81</v>
+      </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="P85" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="B86" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="C86" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="D86" t="s">
-        <v>205</v>
+        <v>162</v>
       </c>
       <c r="E86" t="s">
         <v>39</v>
       </c>
       <c r="F86" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G86" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H86">
-        <v>1992</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I86"/>
       <c r="J86" t="s">
-        <v>406</v>
+        <v>75</v>
       </c>
       <c r="K86" t="s">
-        <v>407</v>
+        <v>63</v>
       </c>
       <c r="L86"/>
-      <c r="M86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M86"/>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="P86" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>404</v>
+        <v>415</v>
       </c>
       <c r="B87" t="s">
-        <v>405</v>
+        <v>416</v>
       </c>
       <c r="C87" t="s">
-        <v>200</v>
+        <v>18</v>
       </c>
       <c r="D87" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E87" t="s">
         <v>39</v>
       </c>
       <c r="F87" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>1992</v>
       </c>
       <c r="I87">
         <v>2013</v>
       </c>
       <c r="J87" t="s">
-        <v>337</v>
+        <v>417</v>
       </c>
       <c r="K87" t="s">
-        <v>407</v>
+        <v>418</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
-        <v>410</v>
+        <v>81</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>411</v>
+        <v>419</v>
       </c>
       <c r="P87" t="s">
-        <v>236</v>
+        <v>420</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B88" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="C88" t="s">
-        <v>79</v>
+        <v>201</v>
       </c>
       <c r="D88" t="s">
-        <v>414</v>
+        <v>206</v>
       </c>
       <c r="E88" t="s">
         <v>39</v>
       </c>
       <c r="F88" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G88" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H88">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I88"/>
+        <v>1992</v>
+      </c>
+      <c r="I88">
+        <v>2013</v>
+      </c>
       <c r="J88" t="s">
-        <v>80</v>
+        <v>339</v>
       </c>
       <c r="K88" t="s">
-        <v>24</v>
+        <v>418</v>
       </c>
       <c r="L88"/>
-      <c r="M88"/>
+      <c r="M88" t="s">
+        <v>421</v>
+      </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="P88" t="s">
-        <v>416</v>
+        <v>237</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="B89" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="C89" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="D89" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="E89" t="s">
         <v>39</v>
       </c>
       <c r="F89" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G89" t="s">
         <v>41</v>
       </c>
       <c r="H89">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89"/>
-      <c r="M89" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M89"/>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="P89" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="B90" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="C90" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="D90" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="E90" t="s">
         <v>39</v>
       </c>
       <c r="F90" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G90" t="s">
         <v>41</v>
       </c>
       <c r="H90">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>80</v>
+        <v>23</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90"/>
-      <c r="M90"/>
+      <c r="M90" t="s">
+        <v>81</v>
+      </c>
       <c r="N90" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="P90" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="B91" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="C91" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="D91" t="s">
-        <v>424</v>
+        <v>435</v>
       </c>
       <c r="E91" t="s">
         <v>39</v>
       </c>
       <c r="F91" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G91" t="s">
         <v>41</v>
       </c>
       <c r="H91">
         <v>2015</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91"/>
-      <c r="M91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M91"/>
       <c r="N91" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O91" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="P91" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
       <c r="B92" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="C92" t="s">
-        <v>433</v>
+        <v>18</v>
       </c>
       <c r="D92" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="E92" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F92" t="s">
-        <v>21</v>
+        <v>215</v>
       </c>
       <c r="G92" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H92">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I92"/>
       <c r="J92" t="s">
-        <v>435</v>
+        <v>51</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
-      <c r="L92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L92"/>
       <c r="M92" t="s">
-        <v>437</v>
+        <v>81</v>
       </c>
       <c r="N92" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="O92" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="P92" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B93" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="C93" t="s">
-        <v>433</v>
+        <v>444</v>
       </c>
       <c r="D93" t="s">
-        <v>32</v>
+        <v>445</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="I93">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="J93" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
-      <c r="L93"/>
+      <c r="L93" t="s">
+        <v>447</v>
+      </c>
       <c r="M93" t="s">
-        <v>437</v>
+        <v>448</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="P93" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="B94" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="C94" t="s">
-        <v>433</v>
+        <v>444</v>
       </c>
       <c r="D94" t="s">
-        <v>447</v>
+        <v>32</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H94">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I94"/>
+        <v>2017</v>
+      </c>
+      <c r="I94">
+        <v>2021</v>
+      </c>
       <c r="J94" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
-        <v>437</v>
+        <v>448</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="P94" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="B95" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="C95" t="s">
-        <v>433</v>
+        <v>444</v>
       </c>
       <c r="D95" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H95">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I95"/>
       <c r="J95" t="s">
-        <v>448</v>
+        <v>459</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>437</v>
+        <v>448</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="P95" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="B96" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="C96" t="s">
-        <v>433</v>
+        <v>444</v>
       </c>
       <c r="D96" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
+        <v>2010</v>
+      </c>
+      <c r="I96">
         <v>2014</v>
       </c>
-      <c r="I96">
-[...1 lines deleted...]
-      </c>
       <c r="J96" t="s">
-        <v>435</v>
+        <v>459</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96"/>
       <c r="M96" t="s">
-        <v>437</v>
+        <v>448</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="P96" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="B97" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="C97" t="s">
-        <v>433</v>
+        <v>444</v>
       </c>
       <c r="D97" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I97">
         <v>2020</v>
       </c>
       <c r="J97" t="s">
-        <v>435</v>
+        <v>446</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
-      <c r="L97" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L97"/>
       <c r="M97" t="s">
-        <v>437</v>
+        <v>448</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="P97" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="B98" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="C98" t="s">
-        <v>433</v>
+        <v>444</v>
       </c>
       <c r="D98" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H98">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I98"/>
+        <v>2013</v>
+      </c>
+      <c r="I98">
+        <v>2020</v>
+      </c>
       <c r="J98" t="s">
+        <v>446</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>475</v>
+      </c>
+      <c r="M98" t="s">
         <v>448</v>
       </c>
-      <c r="K98" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="P98" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="B99" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="C99" t="s">
-        <v>433</v>
+        <v>444</v>
       </c>
       <c r="D99" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>21</v>
       </c>
       <c r="G99" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H99">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I99"/>
       <c r="J99" t="s">
-        <v>448</v>
+        <v>459</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
-        <v>437</v>
+        <v>448</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="P99" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="B100" t="s">
-        <v>446</v>
+        <v>484</v>
       </c>
       <c r="C100" t="s">
-        <v>433</v>
+        <v>444</v>
       </c>
       <c r="D100" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>21</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="I100">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="J100" t="s">
+        <v>459</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
         <v>448</v>
       </c>
-      <c r="K100" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="P100" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="B101" t="s">
-        <v>483</v>
+        <v>457</v>
       </c>
       <c r="C101" t="s">
-        <v>433</v>
+        <v>444</v>
       </c>
       <c r="D101" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="I101">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J101" t="s">
-        <v>435</v>
+        <v>459</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
-      <c r="L101"/>
+      <c r="L101" t="s">
+        <v>490</v>
+      </c>
       <c r="M101" t="s">
-        <v>437</v>
+        <v>448</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="P101" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="B102" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="C102" t="s">
-        <v>433</v>
+        <v>444</v>
       </c>
       <c r="D102" t="s">
-        <v>50</v>
+        <v>495</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>21</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="I102">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="J102" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102"/>
       <c r="M102" t="s">
-        <v>437</v>
+        <v>448</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>489</v>
+        <v>496</v>
       </c>
       <c r="P102" t="s">
-        <v>490</v>
+        <v>497</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>491</v>
+        <v>498</v>
       </c>
       <c r="B103" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
       <c r="C103" t="s">
-        <v>433</v>
+        <v>444</v>
       </c>
       <c r="D103" t="s">
-        <v>493</v>
+        <v>50</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>21</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="I103">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="J103" t="s">
-        <v>435</v>
+        <v>459</v>
       </c>
       <c r="K103" t="s">
-        <v>494</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L103"/>
       <c r="M103" t="s">
-        <v>437</v>
+        <v>448</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="P103" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="B104" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="C104" t="s">
-        <v>433</v>
+        <v>444</v>
       </c>
       <c r="D104" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>21</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="I104">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="J104" t="s">
-        <v>435</v>
+        <v>446</v>
       </c>
       <c r="K104" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="L104" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="M104" t="s">
-        <v>437</v>
+        <v>448</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="P104" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="B105" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="C105" t="s">
-        <v>37</v>
+        <v>444</v>
       </c>
       <c r="D105" t="s">
-        <v>118</v>
+        <v>511</v>
       </c>
       <c r="E105" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>214</v>
+        <v>21</v>
       </c>
       <c r="G105" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H105">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I105"/>
+        <v>2016</v>
+      </c>
+      <c r="I105">
+        <v>2020</v>
+      </c>
       <c r="J105" t="s">
-        <v>42</v>
+        <v>446</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
-      <c r="L105"/>
+      <c r="L105" t="s">
+        <v>512</v>
+      </c>
       <c r="M105" t="s">
-        <v>45</v>
+        <v>448</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>506</v>
+        <v>513</v>
       </c>
       <c r="P105" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="B106" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
       <c r="C106" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="D106" t="s">
-        <v>500</v>
+        <v>511</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>40</v>
       </c>
       <c r="G106" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="H106"/>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="P106" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="B107" t="s">
+        <v>524</v>
+      </c>
+      <c r="C107" t="s">
         <v>517</v>
       </c>
-      <c r="C107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D107" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>40</v>
       </c>
       <c r="G107" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="H107"/>
       <c r="I107"/>
       <c r="J107" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
       <c r="P107" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="B108" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
       <c r="C108" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="D108" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>40</v>
       </c>
       <c r="G108" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="H108"/>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108"/>
       <c r="M108" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="P108" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
       <c r="B109" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="C109" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="D109" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>40</v>
       </c>
       <c r="G109" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="H109"/>
       <c r="I109"/>
       <c r="J109" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="K109" t="s">
         <v>63</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>527</v>
+        <v>534</v>
       </c>
       <c r="P109" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>529</v>
+        <v>536</v>
       </c>
       <c r="B110" t="s">
-        <v>530</v>
+        <v>537</v>
       </c>
       <c r="C110" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="D110" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>40</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>2010</v>
       </c>
       <c r="I110">
         <v>2017</v>
       </c>
       <c r="J110" t="s">
-        <v>442</v>
+        <v>453</v>
       </c>
       <c r="K110" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="N110" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="O110" t="s">
-        <v>536</v>
+        <v>543</v>
       </c>
       <c r="P110" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="B111" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="C111" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D111" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>21</v>
       </c>
       <c r="G111" t="s">
         <v>41</v>
       </c>
       <c r="H111">
         <v>2015</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
         <v>42</v>
       </c>
       <c r="K111" t="s">
         <v>43</v>
       </c>
       <c r="L111" t="s">
-        <v>394</v>
+        <v>405</v>
       </c>
       <c r="M111" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="P111" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="B112" t="s">
         <v>38</v>
       </c>
       <c r="C112" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D112" t="s">
         <v>38</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112" t="s">
         <v>41</v>
       </c>
       <c r="H112">
         <v>2015</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
         <v>42</v>
       </c>
       <c r="K112" t="s">
         <v>43</v>
       </c>
       <c r="L112" t="s">
-        <v>394</v>
+        <v>405</v>
       </c>
       <c r="M112" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="P112" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="B113" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="C113" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D113" t="s">
         <v>56</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>21</v>
       </c>
       <c r="G113" t="s">
         <v>41</v>
       </c>
       <c r="H113">
         <v>2015</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
         <v>42</v>
       </c>
       <c r="K113" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="L113" t="s">
-        <v>394</v>
+        <v>405</v>
       </c>
       <c r="M113" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="P113" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="B114" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="C114" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D114" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>21</v>
       </c>
       <c r="G114" t="s">
         <v>41</v>
       </c>
       <c r="H114">
         <v>2015</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
         <v>42</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
+        <v>557</v>
+      </c>
+      <c r="P114" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="B115" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="C115" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D115" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
         <v>2015</v>
       </c>
       <c r="I115">
         <v>2015</v>
       </c>
       <c r="J115" t="s">
         <v>42</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115" t="s">
-        <v>394</v>
+        <v>405</v>
       </c>
       <c r="M115" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
       <c r="P115" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="B116" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="C116" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D116" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>21</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
         <v>2015</v>
       </c>
       <c r="I116">
         <v>2015</v>
       </c>
       <c r="J116" t="s">
         <v>42</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116" t="s">
-        <v>394</v>
+        <v>405</v>
       </c>
       <c r="M116" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>555</v>
+        <v>562</v>
       </c>
       <c r="P116" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="B117" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="C117" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D117" t="s">
-        <v>493</v>
+        <v>504</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>21</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
         <v>2015</v>
       </c>
       <c r="I117">
         <v>2015</v>
       </c>
       <c r="J117" t="s">
         <v>42</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117" t="s">
-        <v>394</v>
+        <v>405</v>
       </c>
       <c r="M117" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="P117" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>558</v>
+        <v>565</v>
       </c>
       <c r="B118" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
       <c r="C118" t="s">
-        <v>560</v>
+        <v>567</v>
       </c>
       <c r="D118" t="s">
         <v>32</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>21</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
         <v>1994</v>
       </c>
       <c r="I118">
         <v>2020</v>
       </c>
       <c r="J118" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
       <c r="M118" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="P118" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="B119" t="s">
+        <v>574</v>
+      </c>
+      <c r="C119" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
       <c r="D119" t="s">
         <v>50</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>21</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>2001</v>
       </c>
       <c r="I119">
         <v>2019</v>
       </c>
       <c r="J119" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
       <c r="L119" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="M119" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="P119" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="B120" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="C120" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="D120" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>40</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
         <v>2008</v>
       </c>
       <c r="I120">
         <v>2015</v>
       </c>
       <c r="J120" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="K120" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="L120"/>
       <c r="M120" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="N120" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="O120" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="P120" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="B121" t="s">
+        <v>587</v>
+      </c>
+      <c r="C121" t="s">
         <v>580</v>
       </c>
-      <c r="C121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D121" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>40</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>2008</v>
       </c>
       <c r="I121">
         <v>2015</v>
       </c>
       <c r="J121" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="K121" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="N121" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="O121" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="P121" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="B122" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="C122" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="D122" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>40</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
         <v>2008</v>
       </c>
       <c r="I122">
         <v>2015</v>
       </c>
       <c r="J122" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="K122" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="L122"/>
       <c r="M122" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="N122" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="O122" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="P122" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="B123" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="C123" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D123" t="s">
-        <v>484</v>
+        <v>495</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G123" t="s">
         <v>41</v>
       </c>
       <c r="H123">
         <v>2011</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="P123" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="B124" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="C124" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D124" t="s">
-        <v>386</v>
+        <v>397</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G124" t="s">
         <v>41</v>
       </c>
       <c r="H124">
         <v>1985</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="M124" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
       <c r="P124" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="B125" t="s">
-        <v>602</v>
+        <v>609</v>
       </c>
       <c r="C125" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D125" t="s">
-        <v>478</v>
+        <v>489</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G125" t="s">
         <v>41</v>
       </c>
       <c r="H125">
         <v>1984</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="M125" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>604</v>
+        <v>611</v>
       </c>
       <c r="P125" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>606</v>
+        <v>613</v>
       </c>
       <c r="B126" t="s">
-        <v>607</v>
+        <v>614</v>
       </c>
       <c r="C126" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D126" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
         <v>1987</v>
       </c>
       <c r="I126">
         <v>1988</v>
       </c>
       <c r="J126" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="P126" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>611</v>
+        <v>618</v>
       </c>
       <c r="B127" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="C127" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D127" t="s">
         <v>32</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G127" t="s">
         <v>41</v>
       </c>
       <c r="H127">
         <v>1989</v>
       </c>
       <c r="I127"/>
       <c r="J127" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="P127" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="B128" t="s">
-        <v>616</v>
+        <v>623</v>
       </c>
       <c r="C128" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D128" t="s">
         <v>62</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
         <v>1987</v>
       </c>
       <c r="I128">
         <v>1988</v>
       </c>
       <c r="J128" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128" t="s">
-        <v>617</v>
+        <v>624</v>
       </c>
       <c r="M128" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>618</v>
+        <v>625</v>
       </c>
       <c r="P128" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="B129" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="C129" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D129" t="s">
         <v>19</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
         <v>1989</v>
       </c>
       <c r="I129">
         <v>1991</v>
       </c>
       <c r="J129" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="P129" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
       <c r="B130" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="C130" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D130" t="s">
         <v>50</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
         <v>1989</v>
       </c>
       <c r="I130">
         <v>2015</v>
       </c>
       <c r="J130" t="s">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>628</v>
+        <v>635</v>
       </c>
       <c r="P130" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>630</v>
+        <v>637</v>
       </c>
       <c r="B131" t="s">
-        <v>631</v>
+        <v>638</v>
       </c>
       <c r="C131" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D131" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>1989</v>
       </c>
       <c r="I131">
         <v>1992</v>
       </c>
       <c r="J131" t="s">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131"/>
       <c r="M131" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="P131" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="B132" t="s">
-        <v>635</v>
+        <v>642</v>
       </c>
       <c r="C132" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D132" t="s">
         <v>50</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G132" t="s">
         <v>41</v>
       </c>
       <c r="H132">
         <v>1989</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="P132" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="B133" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="C133" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D133" t="s">
-        <v>493</v>
+        <v>504</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G133" t="s">
         <v>41</v>
       </c>
       <c r="H133">
         <v>1984</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="M133" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="P133" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="B134" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="C134" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D134" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G134" t="s">
         <v>41</v>
       </c>
       <c r="H134">
         <v>1990</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134"/>
       <c r="M134" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="P134" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="B135" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
       <c r="C135" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D135" t="s">
         <v>50</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G135" t="s">
         <v>41</v>
       </c>
       <c r="H135">
         <v>1989</v>
       </c>
       <c r="I135"/>
       <c r="J135" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135"/>
       <c r="M135" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="P135" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="B136" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="C136" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D136" t="s">
-        <v>474</v>
+        <v>485</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G136" t="s">
         <v>41</v>
       </c>
       <c r="H136">
         <v>1983</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="M136" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="P136" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="B137" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="C137" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D137" t="s">
         <v>56</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G137" t="s">
         <v>41</v>
       </c>
       <c r="H137">
         <v>2011</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K137" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="L137"/>
       <c r="M137" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="P137" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="B138" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="C138" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D138" t="s">
-        <v>500</v>
+        <v>511</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
         <v>1986</v>
       </c>
       <c r="I138">
         <v>1988</v>
       </c>
       <c r="J138" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138"/>
       <c r="M138" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="P138" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="B139" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="C139" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D139" t="s">
         <v>32</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G139" t="s">
         <v>41</v>
       </c>
       <c r="H139">
         <v>1987</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139"/>
       <c r="M139" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="P139" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="B140" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="C140" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D140" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G140" t="s">
         <v>41</v>
       </c>
       <c r="H140">
         <v>1987</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="P140" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="B141" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="C141" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D141" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G141" t="s">
         <v>41</v>
       </c>
       <c r="H141">
         <v>1986</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141"/>
       <c r="M141" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="P141" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="B142" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="C142" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D142" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G142" t="s">
         <v>41</v>
       </c>
       <c r="H142">
         <v>1986</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="M142" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="P142" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="B143" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="C143" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D143" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G143" t="s">
         <v>41</v>
       </c>
       <c r="H143">
         <v>1984</v>
       </c>
       <c r="I143"/>
       <c r="J143" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="M143" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="P143" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="B144" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="C144" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D144" t="s">
-        <v>484</v>
+        <v>495</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>40</v>
       </c>
       <c r="G144" t="s">
         <v>22</v>
       </c>
       <c r="H144">
         <v>1999</v>
       </c>
       <c r="I144">
         <v>2000</v>
       </c>
       <c r="J144" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="M144" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="P144" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="B145" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="C145" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D145" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>40</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
         <v>2011</v>
       </c>
       <c r="I145">
         <v>2014</v>
       </c>
       <c r="J145" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="M145" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="P145" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>700</v>
+        <v>707</v>
       </c>
       <c r="B146" t="s">
-        <v>701</v>
+        <v>708</v>
       </c>
       <c r="C146" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D146" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>40</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
         <v>2011</v>
       </c>
       <c r="I146">
         <v>2014</v>
       </c>
       <c r="J146" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
       <c r="L146" t="s">
-        <v>702</v>
+        <v>709</v>
       </c>
       <c r="M146" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="P146" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="B147" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
       <c r="C147" t="s">
         <v>37</v>
       </c>
       <c r="D147" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>40</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147">
         <v>2002</v>
       </c>
       <c r="I147">
         <v>2010</v>
       </c>
       <c r="J147" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="K147" t="s">
         <v>43</v>
       </c>
       <c r="L147" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="M147" t="s">
         <v>45</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="P147" t="s">
-        <v>711</v>
+        <v>718</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
       <c r="B148" t="s">
-        <v>713</v>
+        <v>720</v>
       </c>
       <c r="C148" t="s">
         <v>37</v>
       </c>
       <c r="D148" t="s">
-        <v>370</v>
+        <v>381</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>40</v>
       </c>
       <c r="G148" t="s">
         <v>41</v>
       </c>
       <c r="H148">
         <v>2012</v>
       </c>
       <c r="I148"/>
       <c r="J148" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
       <c r="L148" t="s">
-        <v>714</v>
+        <v>721</v>
       </c>
       <c r="M148" t="s">
         <v>45</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="P148" t="s">
-        <v>711</v>
+        <v>718</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="B149" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
       <c r="C149" t="s">
         <v>37</v>
       </c>
       <c r="D149" t="s">
-        <v>484</v>
+        <v>495</v>
       </c>
       <c r="E149" t="s">
         <v>39</v>
       </c>
       <c r="F149" t="s">
         <v>40</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149">
         <v>2010</v>
       </c>
       <c r="I149">
         <v>2010</v>
       </c>
       <c r="J149" t="s">
         <v>42</v>
       </c>
       <c r="K149" t="s">
         <v>24</v>
       </c>
       <c r="L149"/>
       <c r="M149" t="s">
         <v>45</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="P149" t="s">
-        <v>719</v>
+        <v>726</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
       <c r="B150" t="s">
-        <v>721</v>
+        <v>728</v>
       </c>
       <c r="C150" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D150" t="s">
-        <v>484</v>
+        <v>495</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>40</v>
       </c>
       <c r="G150" t="s">
         <v>41</v>
       </c>
       <c r="H150">
         <v>2011</v>
       </c>
       <c r="I150"/>
       <c r="J150" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K150" t="s">
         <v>24</v>
       </c>
       <c r="L150"/>
       <c r="M150" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="P150" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="B151" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="C151" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D151" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>40</v>
       </c>
       <c r="G151" t="s">
         <v>41</v>
       </c>
       <c r="H151">
         <v>2012</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="K151" t="s">
         <v>63</v>
       </c>
       <c r="L151" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="M151" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
       <c r="P151" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
       <c r="B152" t="s">
-        <v>731</v>
+        <v>738</v>
       </c>
       <c r="C152" t="s">
-        <v>732</v>
+        <v>739</v>
       </c>
       <c r="D152" t="s">
-        <v>733</v>
+        <v>740</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
         <v>21</v>
       </c>
       <c r="G152" t="s">
         <v>22</v>
       </c>
       <c r="H152">
         <v>2006</v>
       </c>
       <c r="I152">
         <v>2006</v>
       </c>
       <c r="J152" t="s">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="K152" t="s">
         <v>24</v>
       </c>
       <c r="L152" t="s">
-        <v>735</v>
+        <v>742</v>
       </c>
       <c r="M152" t="s">
-        <v>736</v>
+        <v>743</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>737</v>
+        <v>744</v>
       </c>
       <c r="P152"/>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>738</v>
+        <v>745</v>
       </c>
       <c r="B153" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="C153" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="D153" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
         <v>21</v>
       </c>
       <c r="G153" t="s">
         <v>41</v>
       </c>
       <c r="H153">
         <v>2014</v>
       </c>
       <c r="I153"/>
       <c r="J153" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
       <c r="L153"/>
       <c r="M153" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="P153" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>738</v>
+        <v>745</v>
       </c>
       <c r="B154" t="s">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="C154" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="D154" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>21</v>
       </c>
       <c r="G154" t="s">
         <v>41</v>
       </c>
       <c r="H154">
         <v>2014</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="K154" t="s">
         <v>63</v>
       </c>
       <c r="L154"/>
       <c r="M154" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="P154" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>738</v>
+        <v>745</v>
       </c>
       <c r="B155" t="s">
+        <v>754</v>
+      </c>
+      <c r="C155" t="s">
         <v>747</v>
       </c>
-      <c r="C155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D155" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
         <v>21</v>
       </c>
       <c r="G155" t="s">
         <v>41</v>
       </c>
       <c r="H155">
         <v>2014</v>
       </c>
       <c r="I155"/>
       <c r="J155" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="K155" t="s">
         <v>24</v>
       </c>
       <c r="L155"/>
       <c r="M155" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>748</v>
+        <v>755</v>
       </c>
       <c r="P155" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="B156" t="s">
-        <v>750</v>
+        <v>757</v>
       </c>
       <c r="C156" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="D156" t="s">
         <v>50</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
         <v>21</v>
       </c>
       <c r="G156" t="s">
         <v>22</v>
       </c>
       <c r="H156">
         <v>2006</v>
       </c>
       <c r="I156">
         <v>2015</v>
       </c>
       <c r="J156" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="K156" t="s">
         <v>24</v>
       </c>
       <c r="L156" t="s">
-        <v>751</v>
+        <v>758</v>
       </c>
       <c r="M156" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>752</v>
+        <v>759</v>
       </c>
       <c r="P156" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="B157" t="s">
-        <v>755</v>
+        <v>762</v>
       </c>
       <c r="C157" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="D157" t="s">
-        <v>756</v>
+        <v>763</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
         <v>21</v>
       </c>
       <c r="G157" t="s">
         <v>41</v>
       </c>
       <c r="H157">
         <v>2014</v>
       </c>
       <c r="I157"/>
       <c r="J157" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="K157" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="L157" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="M157" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="P157" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="B158" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="C158" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="D158" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
         <v>21</v>
       </c>
       <c r="G158" t="s">
         <v>41</v>
       </c>
       <c r="H158">
         <v>2015</v>
       </c>
       <c r="I158"/>
       <c r="J158" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="K158" t="s">
         <v>24</v>
       </c>
       <c r="L158" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
       <c r="M158" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
       <c r="P158" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
       <c r="B159" t="s">
-        <v>767</v>
+        <v>774</v>
       </c>
       <c r="C159" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="D159" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
         <v>21</v>
       </c>
       <c r="G159" t="s">
         <v>41</v>
       </c>
       <c r="H159">
         <v>2014</v>
       </c>
       <c r="I159"/>
       <c r="J159" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="K159" t="s">
         <v>24</v>
       </c>
       <c r="L159" t="s">
-        <v>768</v>
+        <v>775</v>
       </c>
       <c r="M159" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="P159" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="B160" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="C160" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="D160" t="s">
-        <v>773</v>
+        <v>780</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>21</v>
       </c>
       <c r="G160" t="s">
         <v>41</v>
       </c>
       <c r="H160">
         <v>2014</v>
       </c>
       <c r="I160"/>
       <c r="J160" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="K160" t="s">
         <v>43</v>
       </c>
       <c r="L160" t="s">
-        <v>774</v>
+        <v>781</v>
       </c>
       <c r="M160" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
       <c r="P160" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>777</v>
+        <v>784</v>
       </c>
       <c r="B161" t="s">
-        <v>778</v>
+        <v>785</v>
       </c>
       <c r="C161" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="D161" t="s">
-        <v>779</v>
+        <v>786</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
         <v>21</v>
       </c>
       <c r="G161" t="s">
         <v>41</v>
       </c>
       <c r="H161">
         <v>2015</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="K161" t="s">
         <v>24</v>
       </c>
       <c r="L161" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="M161" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="P161" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="B162" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="C162" t="s">
         <v>37</v>
       </c>
       <c r="D162" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="E162" t="s">
         <v>39</v>
       </c>
       <c r="F162" t="s">
         <v>40</v>
       </c>
       <c r="G162" t="s">
         <v>41</v>
       </c>
       <c r="H162">
         <v>2016</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="K162" t="s">
         <v>24</v>
       </c>
       <c r="L162" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="M162" t="s">
         <v>45</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>787</v>
+        <v>794</v>
       </c>
       <c r="P162" t="s">
-        <v>788</v>
+        <v>795</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="B163" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="C163" t="s">
         <v>37</v>
       </c>
       <c r="D163" t="s">
-        <v>493</v>
+        <v>504</v>
       </c>
       <c r="E163" t="s">
         <v>39</v>
       </c>
       <c r="F163" t="s">
         <v>40</v>
       </c>
       <c r="G163" t="s">
         <v>41</v>
       </c>
       <c r="H163">
         <v>2016</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="K163" t="s">
         <v>24</v>
       </c>
       <c r="L163" t="s">
-        <v>791</v>
+        <v>798</v>
       </c>
       <c r="M163" t="s">
         <v>45</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>792</v>
+        <v>799</v>
       </c>
       <c r="P163" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>794</v>
+        <v>801</v>
       </c>
       <c r="B164" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="C164" t="s">
         <v>37</v>
       </c>
       <c r="D164" t="s">
         <v>19</v>
       </c>
       <c r="E164" t="s">
         <v>39</v>
       </c>
       <c r="F164" t="s">
         <v>40</v>
       </c>
       <c r="G164" t="s">
         <v>41</v>
       </c>
       <c r="H164">
         <v>2015</v>
       </c>
       <c r="I164"/>
       <c r="J164" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="K164" t="s">
         <v>24</v>
       </c>
       <c r="L164" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="M164" t="s">
         <v>45</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="P164" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="B165" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="C165" t="s">
         <v>37</v>
       </c>
       <c r="D165" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="E165" t="s">
         <v>39</v>
       </c>
       <c r="F165" t="s">
         <v>40</v>
       </c>
       <c r="G165" t="s">
         <v>41</v>
       </c>
       <c r="H165">
         <v>2015</v>
       </c>
       <c r="I165"/>
       <c r="J165" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="K165" t="s">
         <v>24</v>
       </c>
       <c r="L165" t="s">
-        <v>802</v>
+        <v>809</v>
       </c>
       <c r="M165" t="s">
         <v>45</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="P165" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="B166" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="C166" t="s">
         <v>37</v>
       </c>
       <c r="D166" t="s">
-        <v>500</v>
+        <v>511</v>
       </c>
       <c r="E166" t="s">
         <v>39</v>
       </c>
       <c r="F166" t="s">
         <v>40</v>
       </c>
       <c r="G166" t="s">
         <v>22</v>
       </c>
       <c r="H166">
         <v>2008</v>
       </c>
       <c r="I166">
         <v>2015</v>
       </c>
       <c r="J166" t="s">
         <v>42</v>
       </c>
       <c r="K166" t="s">
         <v>24</v>
       </c>
       <c r="L166"/>
       <c r="M166" t="s">
         <v>45</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="P166" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="B167" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="C167" t="s">
         <v>37</v>
       </c>
       <c r="D167" t="s">
-        <v>811</v>
+        <v>818</v>
       </c>
       <c r="E167" t="s">
         <v>39</v>
       </c>
       <c r="F167" t="s">
         <v>40</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167">
         <v>2011</v>
       </c>
       <c r="I167">
         <v>2014</v>
       </c>
       <c r="J167" t="s">
         <v>42</v>
       </c>
       <c r="K167" t="s">
         <v>24</v>
       </c>
       <c r="L167" t="s">
-        <v>812</v>
+        <v>819</v>
       </c>
       <c r="M167" t="s">
         <v>45</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="P167" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
       <c r="B168" t="s">
-        <v>816</v>
+        <v>823</v>
       </c>
       <c r="C168" t="s">
         <v>37</v>
       </c>
       <c r="D168" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="E168" t="s">
         <v>39</v>
       </c>
       <c r="F168" t="s">
         <v>40</v>
       </c>
       <c r="G168" t="s">
         <v>22</v>
       </c>
       <c r="H168">
         <v>1999</v>
       </c>
       <c r="I168">
         <v>2012</v>
       </c>
       <c r="J168" t="s">
         <v>42</v>
       </c>
       <c r="K168" t="s">
         <v>24</v>
       </c>
       <c r="L168" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="M168" t="s">
         <v>45</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
       <c r="P168" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="B169" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="C169" t="s">
         <v>37</v>
       </c>
       <c r="D169" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E169" t="s">
         <v>39</v>
       </c>
       <c r="F169" t="s">
         <v>40</v>
       </c>
       <c r="G169" t="s">
         <v>22</v>
       </c>
       <c r="H169">
         <v>2007</v>
       </c>
       <c r="I169">
         <v>2011</v>
       </c>
       <c r="J169" t="s">
         <v>42</v>
       </c>
       <c r="K169" t="s">
         <v>24</v>
       </c>
       <c r="L169"/>
       <c r="M169" t="s">
         <v>45</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="P169" t="s">
-        <v>507</v>
+        <v>831</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>824</v>
+        <v>832</v>
       </c>
       <c r="B170" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="C170" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="D170" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="E170" t="s">
         <v>39</v>
       </c>
       <c r="F170" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
       <c r="G170" t="s">
         <v>22</v>
       </c>
       <c r="H170">
         <v>2017</v>
       </c>
       <c r="I170">
         <v>2021</v>
       </c>
       <c r="J170" t="s">
-        <v>442</v>
+        <v>453</v>
       </c>
       <c r="K170" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="L170" t="s">
-        <v>829</v>
+        <v>837</v>
       </c>
       <c r="M170" t="s">
-        <v>830</v>
+        <v>838</v>
       </c>
       <c r="N170" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O170" t="s">
-        <v>831</v>
+        <v>839</v>
       </c>
       <c r="P170" t="s">
-        <v>832</v>
+        <v>840</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>833</v>
+        <v>841</v>
       </c>
       <c r="B171" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
       <c r="C171" t="s">
         <v>37</v>
       </c>
       <c r="D171" t="s">
-        <v>139</v>
+        <v>119</v>
       </c>
       <c r="E171" t="s">
         <v>39</v>
       </c>
       <c r="F171" t="s">
-        <v>40</v>
+        <v>215</v>
       </c>
       <c r="G171" t="s">
-        <v>41</v>
+        <v>843</v>
       </c>
       <c r="H171">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I171"/>
       <c r="J171" t="s">
-        <v>708</v>
+        <v>42</v>
       </c>
       <c r="K171" t="s">
         <v>24</v>
       </c>
-      <c r="L171" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L171"/>
       <c r="M171" t="s">
         <v>45</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="P171" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B172" t="s">
-        <v>839</v>
+        <v>847</v>
       </c>
       <c r="C172" t="s">
         <v>37</v>
       </c>
       <c r="D172" t="s">
-        <v>608</v>
+        <v>140</v>
       </c>
       <c r="E172" t="s">
         <v>39</v>
       </c>
       <c r="F172" t="s">
-        <v>827</v>
+        <v>40</v>
       </c>
       <c r="G172" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H172">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="I172">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="J172" t="s">
-        <v>42</v>
+        <v>715</v>
       </c>
       <c r="K172" t="s">
         <v>24</v>
       </c>
       <c r="L172" t="s">
-        <v>840</v>
+        <v>848</v>
       </c>
       <c r="M172" t="s">
         <v>45</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="P172" t="s">
-        <v>842</v>
+        <v>850</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>843</v>
+        <v>851</v>
       </c>
       <c r="B173" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="C173" t="s">
-        <v>510</v>
+        <v>37</v>
       </c>
       <c r="D173" t="s">
-        <v>484</v>
+        <v>615</v>
       </c>
       <c r="E173" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F173" t="s">
-        <v>40</v>
+        <v>835</v>
       </c>
       <c r="G173" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-      <c r="I173"/>
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2013</v>
+      </c>
+      <c r="I173">
+        <v>2015</v>
+      </c>
       <c r="J173" t="s">
-        <v>512</v>
+        <v>42</v>
       </c>
       <c r="K173" t="s">
         <v>24</v>
       </c>
-      <c r="L173"/>
+      <c r="L173" t="s">
+        <v>853</v>
+      </c>
       <c r="M173" t="s">
-        <v>513</v>
+        <v>45</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
-        <v>845</v>
+        <v>854</v>
       </c>
       <c r="P173" t="s">
-        <v>846</v>
+        <v>855</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>847</v>
+        <v>856</v>
       </c>
       <c r="B174" t="s">
-        <v>848</v>
+        <v>857</v>
       </c>
       <c r="C174" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="D174" t="s">
-        <v>849</v>
+        <v>495</v>
       </c>
       <c r="E174" t="s">
         <v>20</v>
       </c>
       <c r="F174" t="s">
         <v>40</v>
       </c>
       <c r="G174" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>518</v>
+      </c>
+      <c r="H174"/>
       <c r="I174"/>
       <c r="J174" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="K174" t="s">
         <v>24</v>
       </c>
       <c r="L174"/>
       <c r="M174" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="P174" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B175" t="s">
-        <v>853</v>
+        <v>861</v>
       </c>
       <c r="C175" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="D175" t="s">
-        <v>854</v>
+        <v>862</v>
       </c>
       <c r="E175" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F175" t="s">
         <v>40</v>
       </c>
       <c r="G175" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H175">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I175"/>
       <c r="J175" t="s">
-        <v>855</v>
+        <v>519</v>
       </c>
       <c r="K175" t="s">
         <v>24</v>
       </c>
-      <c r="L175" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L175"/>
       <c r="M175" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>856</v>
+        <v>863</v>
       </c>
       <c r="P175" t="s">
-        <v>857</v>
+        <v>864</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>858</v>
+        <v>865</v>
       </c>
       <c r="B176" t="s">
-        <v>859</v>
+        <v>866</v>
       </c>
       <c r="C176" t="s">
-        <v>37</v>
+        <v>517</v>
       </c>
       <c r="D176" t="s">
-        <v>500</v>
+        <v>867</v>
       </c>
       <c r="E176" t="s">
         <v>39</v>
       </c>
       <c r="F176" t="s">
-        <v>827</v>
+        <v>40</v>
       </c>
       <c r="G176" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H176">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I176"/>
+        <v>2008</v>
+      </c>
+      <c r="I176">
+        <v>2013</v>
+      </c>
       <c r="J176" t="s">
-        <v>42</v>
+        <v>868</v>
       </c>
       <c r="K176" t="s">
         <v>24</v>
       </c>
-      <c r="L176"/>
+      <c r="L176" t="s">
+        <v>405</v>
+      </c>
       <c r="M176" t="s">
-        <v>45</v>
+        <v>520</v>
       </c>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
-        <v>860</v>
+        <v>869</v>
       </c>
       <c r="P176" t="s">
-        <v>808</v>
+        <v>870</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>861</v>
+        <v>871</v>
       </c>
       <c r="B177" t="s">
-        <v>862</v>
+        <v>872</v>
       </c>
       <c r="C177" t="s">
-        <v>531</v>
+        <v>37</v>
       </c>
       <c r="D177" t="s">
-        <v>38</v>
+        <v>511</v>
       </c>
       <c r="E177" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F177" t="s">
-        <v>40</v>
+        <v>835</v>
       </c>
       <c r="G177" t="s">
         <v>41</v>
       </c>
       <c r="H177">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I177"/>
       <c r="J177" t="s">
-        <v>435</v>
+        <v>42</v>
       </c>
       <c r="K177" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="L177"/>
       <c r="M177" t="s">
-        <v>830</v>
+        <v>45</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
       <c r="P177" t="s">
-        <v>864</v>
+        <v>815</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>865</v>
+        <v>874</v>
       </c>
       <c r="B178" t="s">
-        <v>866</v>
+        <v>875</v>
       </c>
       <c r="C178" t="s">
-        <v>79</v>
+        <v>538</v>
       </c>
       <c r="D178" t="s">
-        <v>124</v>
+        <v>38</v>
       </c>
       <c r="E178" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F178" t="s">
         <v>40</v>
       </c>
       <c r="G178" t="s">
         <v>41</v>
       </c>
       <c r="H178">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="I178"/>
       <c r="J178" t="s">
-        <v>80</v>
+        <v>446</v>
       </c>
       <c r="K178" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="L178"/>
-      <c r="M178"/>
+      <c r="M178" t="s">
+        <v>838</v>
+      </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
-        <v>867</v>
+        <v>876</v>
       </c>
       <c r="P178" t="s">
-        <v>868</v>
+        <v>877</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>865</v>
+        <v>878</v>
       </c>
       <c r="B179" t="s">
-        <v>869</v>
+        <v>879</v>
       </c>
       <c r="C179" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D179" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E179" t="s">
         <v>39</v>
       </c>
       <c r="F179" t="s">
-        <v>214</v>
+        <v>40</v>
       </c>
       <c r="G179" t="s">
         <v>41</v>
       </c>
       <c r="H179">
         <v>2021</v>
       </c>
       <c r="I179"/>
       <c r="J179" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K179" t="s">
         <v>24</v>
       </c>
       <c r="L179"/>
       <c r="M179"/>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
-        <v>870</v>
+        <v>880</v>
       </c>
       <c r="P179" t="s">
-        <v>871</v>
+        <v>881</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="B180" t="s">
-        <v>873</v>
+        <v>882</v>
       </c>
       <c r="C180" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D180" t="s">
-        <v>874</v>
+        <v>125</v>
       </c>
       <c r="E180" t="s">
         <v>39</v>
       </c>
       <c r="F180" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G180" t="s">
         <v>41</v>
       </c>
       <c r="H180">
         <v>2021</v>
       </c>
       <c r="I180"/>
       <c r="J180" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K180" t="s">
         <v>24</v>
       </c>
       <c r="L180"/>
       <c r="M180"/>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="P180" t="s">
-        <v>149</v>
+        <v>884</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>876</v>
+        <v>885</v>
       </c>
       <c r="B181" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="C181" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D181" t="s">
-        <v>878</v>
+        <v>887</v>
       </c>
       <c r="E181" t="s">
         <v>39</v>
       </c>
       <c r="F181" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G181" t="s">
         <v>41</v>
       </c>
       <c r="H181">
         <v>2021</v>
       </c>
       <c r="I181"/>
       <c r="J181" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K181" t="s">
         <v>24</v>
       </c>
       <c r="L181"/>
       <c r="M181"/>
       <c r="N181" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="O181" t="s">
-        <v>879</v>
+        <v>888</v>
       </c>
       <c r="P181" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="B182" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="C182" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D182" t="s">
-        <v>139</v>
+        <v>891</v>
       </c>
       <c r="E182" t="s">
         <v>39</v>
       </c>
       <c r="F182" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G182" t="s">
         <v>41</v>
       </c>
       <c r="H182">
         <v>2021</v>
       </c>
       <c r="I182"/>
       <c r="J182" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K182" t="s">
         <v>24</v>
       </c>
       <c r="L182"/>
       <c r="M182"/>
       <c r="N182" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="O182" t="s">
-        <v>882</v>
+        <v>892</v>
       </c>
       <c r="P182" t="s">
-        <v>883</v>
+        <v>150</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>884</v>
+        <v>893</v>
       </c>
       <c r="B183" t="s">
-        <v>885</v>
+        <v>894</v>
       </c>
       <c r="C183" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D183" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="E183" t="s">
         <v>39</v>
       </c>
       <c r="F183" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G183" t="s">
         <v>41</v>
       </c>
       <c r="H183">
         <v>2021</v>
       </c>
       <c r="I183"/>
       <c r="J183" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K183" t="s">
         <v>24</v>
       </c>
       <c r="L183"/>
       <c r="M183"/>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="P183" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="B184" t="s">
-        <v>889</v>
+        <v>898</v>
       </c>
       <c r="C184" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D184" t="s">
-        <v>147</v>
+        <v>131</v>
       </c>
       <c r="E184" t="s">
         <v>39</v>
       </c>
       <c r="F184" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G184" t="s">
         <v>41</v>
       </c>
       <c r="H184">
         <v>2021</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K184" t="s">
         <v>24</v>
       </c>
       <c r="L184"/>
       <c r="M184"/>
       <c r="N184" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="O184" t="s">
-        <v>890</v>
+        <v>899</v>
       </c>
       <c r="P184" t="s">
-        <v>891</v>
+        <v>900</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
       <c r="B185" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="C185" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D185" t="s">
-        <v>111</v>
+        <v>148</v>
       </c>
       <c r="E185" t="s">
         <v>39</v>
       </c>
       <c r="F185" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G185" t="s">
         <v>41</v>
       </c>
       <c r="H185">
         <v>2021</v>
       </c>
       <c r="I185"/>
       <c r="J185" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K185" t="s">
         <v>24</v>
       </c>
       <c r="L185"/>
       <c r="M185"/>
       <c r="N185" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="O185" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="P185" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
       <c r="B186" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="C186" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D186" t="s">
-        <v>43</v>
+        <v>112</v>
       </c>
       <c r="E186" t="s">
         <v>39</v>
       </c>
       <c r="F186" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G186" t="s">
         <v>41</v>
       </c>
       <c r="H186">
         <v>2021</v>
       </c>
       <c r="I186"/>
       <c r="J186" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K186" t="s">
-        <v>63</v>
+        <v>24</v>
       </c>
       <c r="L186"/>
       <c r="M186"/>
       <c r="N186" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="O186" t="s">
-        <v>898</v>
+        <v>907</v>
       </c>
       <c r="P186" t="s">
-        <v>149</v>
+        <v>908</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="B187" t="s">
-        <v>900</v>
+        <v>910</v>
       </c>
       <c r="C187" t="s">
-        <v>901</v>
+        <v>73</v>
       </c>
       <c r="D187" t="s">
-        <v>902</v>
+        <v>43</v>
       </c>
       <c r="E187" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F187" t="s">
-        <v>827</v>
+        <v>215</v>
       </c>
       <c r="G187" t="s">
         <v>41</v>
       </c>
       <c r="H187">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="I187"/>
       <c r="J187" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="K187" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="L187"/>
+      <c r="M187"/>
       <c r="N187" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="O187" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
       <c r="P187" t="s">
-        <v>906</v>
+        <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
       <c r="B188" t="s">
-        <v>908</v>
+        <v>913</v>
       </c>
       <c r="C188" t="s">
-        <v>18</v>
+        <v>914</v>
       </c>
       <c r="D188" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
       <c r="E188" t="s">
         <v>20</v>
       </c>
       <c r="F188" t="s">
-        <v>214</v>
+        <v>835</v>
       </c>
       <c r="G188" t="s">
         <v>41</v>
       </c>
       <c r="H188">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="K188" t="s">
         <v>24</v>
       </c>
-      <c r="L188"/>
-      <c r="M188"/>
+      <c r="L188" t="s">
+        <v>916</v>
+      </c>
+      <c r="M188" t="s">
+        <v>917</v>
+      </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>910</v>
+        <v>918</v>
       </c>
       <c r="P188" t="s">
-        <v>911</v>
+        <v>919</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
       <c r="B189" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="C189" t="s">
-        <v>155</v>
+        <v>18</v>
       </c>
       <c r="D189" t="s">
-        <v>50</v>
+        <v>922</v>
       </c>
       <c r="E189" t="s">
         <v>20</v>
       </c>
       <c r="F189" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G189" t="s">
         <v>41</v>
       </c>
       <c r="H189">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I189"/>
       <c r="J189" t="s">
         <v>51</v>
       </c>
       <c r="K189" t="s">
         <v>24</v>
       </c>
       <c r="L189"/>
       <c r="M189"/>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
-        <v>914</v>
+        <v>923</v>
       </c>
       <c r="P189" t="s">
-        <v>915</v>
+        <v>924</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>925</v>
+      </c>
+      <c r="B190" t="s">
+        <v>926</v>
+      </c>
+      <c r="C190" t="s">
+        <v>156</v>
+      </c>
+      <c r="D190" t="s">
+        <v>50</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>215</v>
+      </c>
+      <c r="G190" t="s">
+        <v>41</v>
+      </c>
+      <c r="H190">
+        <v>2013</v>
+      </c>
+      <c r="I190"/>
+      <c r="J190" t="s">
+        <v>51</v>
+      </c>
+      <c r="K190" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190"/>
+      <c r="M190"/>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>927</v>
+      </c>
+      <c r="P190" t="s">
+        <v>928</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">