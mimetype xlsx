--- v0 (2025-12-11)
+++ v1 (2026-02-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="320">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="322">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -345,639 +345,645 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
   </si>
   <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
     <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>Federal Law No. 261-FZ</t>
+  </si>
+  <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
+    <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
+    <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
+    <t>GOST 14919-83</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
+    <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
+  </si>
+  <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
+    <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
+  </si>
+  <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
+    <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
+    <t>Heat Pumps</t>
+  </si>
+  <si>
+    <t>Art 4.3 of GOST 16617-87</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
+    <t>GOST 18198-89 Television receivers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>Federal Agency on Technical Regulating and Metrology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
+    <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
+    <t>October 2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
+    <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
+    <t>GOST 21776-87 Printers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
+    <t>GOST 23110-84 Household electric water heaters - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
+    <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
+    <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
+    <t>Home Theater Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
+    <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
+    <t>GOST 25178-82 Electric hand dryers - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
+    <t>art 5.3 of GOST 25178-82</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
+    <t>GOST 26287-84 Household electric pumps - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
+    <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
+    <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
+  </si>
+  <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
+    <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
+  </si>
+  <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
+    <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
+  </si>
+  <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
+    <t>Pump Systems</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
+    <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
+    <t>Window Fans</t>
+  </si>
+  <si>
+    <t>Art 6.5 of GOST 7402-84</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
+    <t>GOST 8051-83 Domestic washing machines - Specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>Minimum Performance Standard</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
+    <t>Art 6.3 of GOST 8051-83</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
+    <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
+  </si>
+  <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
+    <t>GOST R 51388-99 (art.7)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
+    <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
+  </si>
+  <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
+    <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
+    <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
+  </si>
+  <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
+    <t>GOST R IEC 60456-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 1324</t>
+  </si>
+  <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>GOST 21766-87, GOST 21552-84</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade of the Russian Federation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
-    <t>Federal Law No. 261-FZ</t>
-[...569 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
@@ -2085,2002 +2091,2002 @@
       </c>
       <c r="L15" t="s">
         <v>106</v>
       </c>
       <c r="M15" t="s">
         <v>40</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>107</v>
       </c>
       <c r="P15" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>109</v>
       </c>
       <c r="B16" t="s">
         <v>110</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>111</v>
       </c>
       <c r="D16" t="s">
-        <v>111</v>
+        <v>88</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F16" t="s">
         <v>112</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>23</v>
+        <v>113</v>
       </c>
       <c r="K16" t="s">
         <v>38</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>26</v>
+        <v>114</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="P16" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B17" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C17" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D17" t="s">
-        <v>88</v>
+        <v>119</v>
       </c>
       <c r="E17" t="s">
         <v>34</v>
       </c>
       <c r="F17" t="s">
         <v>112</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2011</v>
+        <v>1985</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K17" t="s">
         <v>38</v>
       </c>
-      <c r="L17"/>
+      <c r="L17" t="s">
+        <v>120</v>
+      </c>
       <c r="M17" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B18" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C18" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D18" t="s">
-        <v>124</v>
+        <v>82</v>
       </c>
       <c r="E18" t="s">
         <v>34</v>
       </c>
       <c r="F18" t="s">
         <v>112</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>1985</v>
+        <v>1984</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K18" t="s">
         <v>38</v>
       </c>
       <c r="L18" t="s">
         <v>125</v>
       </c>
       <c r="M18" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>126</v>
       </c>
       <c r="P18" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>128</v>
       </c>
       <c r="B19" t="s">
         <v>129</v>
       </c>
       <c r="C19" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D19" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="E19" t="s">
         <v>34</v>
       </c>
       <c r="F19" t="s">
         <v>112</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H19">
-        <v>1984</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>1987</v>
+      </c>
+      <c r="I19">
+        <v>1988</v>
+      </c>
       <c r="J19" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K19" t="s">
         <v>38</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>131</v>
       </c>
       <c r="P19" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>133</v>
       </c>
       <c r="B20" t="s">
         <v>134</v>
       </c>
       <c r="C20" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D20" t="s">
-        <v>135</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
         <v>34</v>
       </c>
       <c r="F20" t="s">
         <v>112</v>
       </c>
       <c r="G20" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>1987</v>
-[...3 lines deleted...]
-      </c>
+        <v>1989</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>118</v>
+        <v>135</v>
       </c>
       <c r="K20" t="s">
         <v>38</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>136</v>
       </c>
       <c r="P20" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>138</v>
       </c>
       <c r="B21" t="s">
         <v>139</v>
       </c>
       <c r="C21" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>140</v>
       </c>
       <c r="E21" t="s">
         <v>34</v>
       </c>
       <c r="F21" t="s">
         <v>112</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H21">
-        <v>1989</v>
-[...1 lines deleted...]
-      <c r="I21"/>
+        <v>1987</v>
+      </c>
+      <c r="I21">
+        <v>1988</v>
+      </c>
       <c r="J21" t="s">
-        <v>140</v>
+        <v>113</v>
       </c>
       <c r="K21" t="s">
         <v>38</v>
       </c>
-      <c r="L21"/>
+      <c r="L21" t="s">
+        <v>141</v>
+      </c>
       <c r="M21" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P21" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B22" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C22" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D22" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E22" t="s">
         <v>34</v>
       </c>
       <c r="F22" t="s">
         <v>112</v>
       </c>
       <c r="G22" t="s">
         <v>36</v>
       </c>
       <c r="H22">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="I22">
-        <v>1988</v>
+        <v>1991</v>
       </c>
       <c r="J22" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K22" t="s">
         <v>38</v>
       </c>
-      <c r="L22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>119</v>
+        <v>147</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P22" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B23" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C23" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D23" t="s">
-        <v>151</v>
+        <v>93</v>
       </c>
       <c r="E23" t="s">
         <v>34</v>
       </c>
       <c r="F23" t="s">
         <v>112</v>
       </c>
       <c r="G23" t="s">
         <v>36</v>
       </c>
       <c r="H23">
         <v>1989</v>
       </c>
       <c r="I23">
-        <v>1991</v>
+        <v>2015</v>
       </c>
       <c r="J23" t="s">
-        <v>118</v>
+        <v>152</v>
       </c>
       <c r="K23" t="s">
         <v>38</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>152</v>
+        <v>114</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>153</v>
       </c>
       <c r="P23" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>155</v>
       </c>
       <c r="B24" t="s">
         <v>156</v>
       </c>
       <c r="C24" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D24" t="s">
-        <v>93</v>
+        <v>157</v>
       </c>
       <c r="E24" t="s">
         <v>34</v>
       </c>
       <c r="F24" t="s">
         <v>112</v>
       </c>
       <c r="G24" t="s">
         <v>36</v>
       </c>
       <c r="H24">
         <v>1989</v>
       </c>
       <c r="I24">
-        <v>2015</v>
+        <v>1992</v>
       </c>
       <c r="J24" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="K24" t="s">
         <v>38</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>158</v>
       </c>
       <c r="P24" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>160</v>
       </c>
       <c r="B25" t="s">
         <v>161</v>
       </c>
       <c r="C25" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D25" t="s">
-        <v>162</v>
+        <v>93</v>
       </c>
       <c r="E25" t="s">
         <v>34</v>
       </c>
       <c r="F25" t="s">
         <v>112</v>
       </c>
       <c r="G25" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H25">
         <v>1989</v>
       </c>
-      <c r="I25">
-[...1 lines deleted...]
-      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>157</v>
+        <v>113</v>
       </c>
       <c r="K25" t="s">
         <v>38</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
+        <v>162</v>
+      </c>
+      <c r="P25" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>164</v>
+      </c>
+      <c r="B26" t="s">
         <v>165</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D26" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="E26" t="s">
         <v>34</v>
       </c>
       <c r="F26" t="s">
         <v>112</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>1989</v>
+        <v>1984</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K26" t="s">
         <v>38</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>166</v>
+      </c>
       <c r="M26" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>167</v>
       </c>
       <c r="P26" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>169</v>
       </c>
       <c r="B27" t="s">
         <v>170</v>
       </c>
       <c r="C27" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D27" t="s">
-        <v>98</v>
+        <v>171</v>
       </c>
       <c r="E27" t="s">
         <v>34</v>
       </c>
       <c r="F27" t="s">
         <v>112</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>1984</v>
+        <v>1990</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K27" t="s">
         <v>38</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>172</v>
       </c>
       <c r="P27" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>174</v>
       </c>
       <c r="B28" t="s">
         <v>175</v>
       </c>
       <c r="C28" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D28" t="s">
-        <v>176</v>
+        <v>93</v>
       </c>
       <c r="E28" t="s">
         <v>34</v>
       </c>
       <c r="F28" t="s">
         <v>112</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K28" t="s">
         <v>38</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
+        <v>176</v>
+      </c>
+      <c r="P28" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>178</v>
+      </c>
+      <c r="B29" t="s">
         <v>179</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D29" t="s">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="E29" t="s">
         <v>34</v>
       </c>
       <c r="F29" t="s">
         <v>112</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>1989</v>
+        <v>1983</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K29" t="s">
         <v>38</v>
       </c>
-      <c r="L29"/>
+      <c r="L29" t="s">
+        <v>180</v>
+      </c>
       <c r="M29" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>181</v>
       </c>
       <c r="P29" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>183</v>
       </c>
       <c r="B30" t="s">
         <v>184</v>
       </c>
       <c r="C30" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D30" t="s">
-        <v>78</v>
+        <v>185</v>
       </c>
       <c r="E30" t="s">
         <v>34</v>
       </c>
       <c r="F30" t="s">
         <v>112</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>1983</v>
+        <v>2011</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K30" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>186</v>
+      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P30" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B31" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C31" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D31" t="s">
-        <v>190</v>
+        <v>105</v>
       </c>
       <c r="E31" t="s">
         <v>34</v>
       </c>
       <c r="F31" t="s">
         <v>112</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H31">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I31"/>
+        <v>1986</v>
+      </c>
+      <c r="I31">
+        <v>1988</v>
+      </c>
       <c r="J31" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K31" t="s">
-        <v>191</v>
+        <v>38</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
+        <v>191</v>
+      </c>
+      <c r="P31" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>193</v>
+      </c>
+      <c r="B32" t="s">
         <v>194</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D32" t="s">
-        <v>105</v>
+        <v>45</v>
       </c>
       <c r="E32" t="s">
         <v>34</v>
       </c>
       <c r="F32" t="s">
         <v>112</v>
       </c>
       <c r="G32" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H32">
-        <v>1986</v>
-[...3 lines deleted...]
-      </c>
+        <v>1987</v>
+      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>118</v>
+        <v>135</v>
       </c>
       <c r="K32" t="s">
         <v>38</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
+        <v>195</v>
+      </c>
+      <c r="P32" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>197</v>
+      </c>
+      <c r="B33" t="s">
         <v>198</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
+        <v>111</v>
+      </c>
+      <c r="D33" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
       <c r="E33" t="s">
         <v>34</v>
       </c>
       <c r="F33" t="s">
         <v>112</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>1987</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>140</v>
+        <v>113</v>
       </c>
       <c r="K33" t="s">
         <v>38</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>200</v>
       </c>
       <c r="P33" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>202</v>
       </c>
       <c r="B34" t="s">
         <v>203</v>
       </c>
       <c r="C34" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D34" t="s">
         <v>204</v>
       </c>
       <c r="E34" t="s">
         <v>34</v>
       </c>
       <c r="F34" t="s">
         <v>112</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>1987</v>
+        <v>1986</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K34" t="s">
         <v>38</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>205</v>
       </c>
       <c r="P34" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>207</v>
       </c>
       <c r="B35" t="s">
         <v>208</v>
       </c>
       <c r="C35" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D35" t="s">
         <v>209</v>
       </c>
       <c r="E35" t="s">
         <v>34</v>
       </c>
       <c r="F35" t="s">
         <v>112</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>1986</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K35" t="s">
         <v>38</v>
       </c>
-      <c r="L35"/>
+      <c r="L35" t="s">
+        <v>210</v>
+      </c>
       <c r="M35" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="P35" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B36" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C36" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D36" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E36" t="s">
         <v>34</v>
       </c>
       <c r="F36" t="s">
         <v>112</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>1986</v>
+        <v>1984</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K36" t="s">
         <v>38</v>
       </c>
       <c r="L36" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="M36" t="s">
-        <v>119</v>
+        <v>147</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="P36" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B37" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C37" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D37" t="s">
-        <v>111</v>
+        <v>88</v>
       </c>
       <c r="E37" t="s">
         <v>34</v>
       </c>
       <c r="F37" t="s">
-        <v>112</v>
+        <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H37">
-        <v>1984</v>
-[...1 lines deleted...]
-      <c r="I37"/>
+        <v>1999</v>
+      </c>
+      <c r="I37">
+        <v>2000</v>
+      </c>
       <c r="J37" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K37" t="s">
         <v>38</v>
       </c>
       <c r="L37" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="M37" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P37" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B38" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C38" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D38" t="s">
-        <v>88</v>
+        <v>130</v>
       </c>
       <c r="E38" t="s">
         <v>34</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>36</v>
       </c>
       <c r="H38">
-        <v>1999</v>
+        <v>2011</v>
       </c>
       <c r="I38">
-        <v>2000</v>
+        <v>2014</v>
       </c>
       <c r="J38" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K38" t="s">
         <v>38</v>
       </c>
       <c r="L38" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="M38" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="P38" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B39" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C39" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D39" t="s">
-        <v>135</v>
+        <v>215</v>
       </c>
       <c r="E39" t="s">
         <v>34</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>36</v>
       </c>
       <c r="H39">
         <v>2011</v>
       </c>
       <c r="I39">
         <v>2014</v>
       </c>
       <c r="J39" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K39" t="s">
         <v>38</v>
       </c>
       <c r="L39" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="M39" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="P39" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B40" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C40" t="s">
-        <v>117</v>
+        <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>111</v>
+        <v>236</v>
       </c>
       <c r="E40" t="s">
         <v>34</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>36</v>
       </c>
       <c r="H40">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="I40">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="J40" t="s">
-        <v>118</v>
+        <v>237</v>
       </c>
       <c r="K40" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="M40" t="s">
-        <v>152</v>
+        <v>26</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="P40" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="B41" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="E41" t="s">
         <v>34</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H41">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="K41" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="L41" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="M41" t="s">
         <v>26</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="P41" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B42" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>247</v>
+        <v>88</v>
       </c>
       <c r="E42" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H42">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I42"/>
+        <v>2010</v>
+      </c>
+      <c r="I42">
+        <v>2010</v>
+      </c>
       <c r="J42" t="s">
-        <v>241</v>
+        <v>23</v>
       </c>
       <c r="K42" t="s">
         <v>38</v>
       </c>
-      <c r="L42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
         <v>26</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
+        <v>248</v>
+      </c>
+      <c r="P42" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>250</v>
       </c>
       <c r="B43" t="s">
         <v>251</v>
       </c>
       <c r="C43" t="s">
-        <v>18</v>
+        <v>111</v>
       </c>
       <c r="D43" t="s">
         <v>88</v>
       </c>
       <c r="E43" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H43">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
-        <v>23</v>
+        <v>113</v>
       </c>
       <c r="K43" t="s">
         <v>38</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>26</v>
+        <v>147</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
         <v>252</v>
       </c>
       <c r="P43" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>254</v>
       </c>
       <c r="B44" t="s">
         <v>255</v>
       </c>
       <c r="C44" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D44" t="s">
-        <v>88</v>
+        <v>256</v>
       </c>
       <c r="E44" t="s">
         <v>34</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K44" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="L44"/>
+        <v>257</v>
+      </c>
+      <c r="L44" t="s">
+        <v>258</v>
+      </c>
       <c r="M44" t="s">
-        <v>152</v>
+        <v>259</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="P44" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B45" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C45" t="s">
-        <v>117</v>
+        <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="E45" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>118</v>
+        <v>237</v>
       </c>
       <c r="K45" t="s">
-        <v>261</v>
+        <v>38</v>
       </c>
       <c r="L45" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="M45" t="s">
-        <v>263</v>
+        <v>26</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="P45" t="s">
-        <v>257</v>
+        <v>266</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B46" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>267</v>
+        <v>98</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2016</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="K46" t="s">
         <v>38</v>
       </c>
       <c r="L46" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="M46" t="s">
         <v>26</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="P46" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B47" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>98</v>
+        <v>146</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="K47" t="s">
         <v>38</v>
       </c>
       <c r="L47" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="M47" t="s">
         <v>26</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="P47" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B48" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>151</v>
+        <v>279</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2015</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="K48" t="s">
         <v>38</v>
       </c>
       <c r="L48" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="M48" t="s">
         <v>26</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="P48" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B49" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>283</v>
+        <v>105</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H49">
+        <v>2008</v>
+      </c>
+      <c r="I49">
         <v>2015</v>
       </c>
-      <c r="I49"/>
       <c r="J49" t="s">
-        <v>241</v>
+        <v>23</v>
       </c>
       <c r="K49" t="s">
         <v>38</v>
       </c>
-      <c r="L49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L49"/>
       <c r="M49" t="s">
         <v>26</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
         <v>285</v>
       </c>
       <c r="P49" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>287</v>
       </c>
       <c r="B50" t="s">
         <v>288</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>105</v>
+        <v>289</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>36</v>
       </c>
       <c r="H50">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I50">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J50" t="s">
         <v>23</v>
       </c>
       <c r="K50" t="s">
         <v>38</v>
       </c>
-      <c r="L50"/>
+      <c r="L50" t="s">
+        <v>290</v>
+      </c>
       <c r="M50" t="s">
         <v>26</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="P50" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B51" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>36</v>
       </c>
       <c r="H51">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I51">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J51" t="s">
         <v>23</v>
       </c>
       <c r="K51" t="s">
         <v>38</v>
       </c>
       <c r="L51" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="M51" t="s">
         <v>26</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="P51" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B52" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>299</v>
+        <v>215</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>36</v>
       </c>
       <c r="H52">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I52">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J52" t="s">
         <v>23</v>
       </c>
       <c r="K52" t="s">
         <v>38</v>
       </c>
-      <c r="L52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
         <v>26</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
         <v>301</v>
       </c>
       <c r="P52" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>303</v>
       </c>
       <c r="B53" t="s">
         <v>304</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>111</v>
+        <v>215</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="G53" t="s">
-        <v>36</v>
+        <v>305</v>
       </c>
       <c r="H53">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
         <v>23</v>
       </c>
       <c r="K53" t="s">
         <v>38</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>26</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="P53" t="s">
-        <v>114</v>
+        <v>307</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B54" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2019</v>
       </c>
       <c r="I54">
         <v>2020</v>
       </c>
       <c r="J54" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="K54" t="s">
         <v>38</v>
       </c>
       <c r="L54" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="M54" t="s">
         <v>26</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="P54" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B55" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="G55" t="s">
         <v>36</v>
       </c>
       <c r="H55">
         <v>2013</v>
       </c>
       <c r="I55">
         <v>2015</v>
       </c>
       <c r="J55" t="s">
         <v>23</v>
       </c>
       <c r="K55" t="s">
         <v>38</v>
       </c>
       <c r="L55" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="M55" t="s">
         <v>26</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="P55" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B56" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C56" t="s">
         <v>18</v>
       </c>
       <c r="D56" t="s">
         <v>105</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2014</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>23</v>
       </c>
       <c r="K56" t="s">
         <v>38</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
         <v>26</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="P56" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">