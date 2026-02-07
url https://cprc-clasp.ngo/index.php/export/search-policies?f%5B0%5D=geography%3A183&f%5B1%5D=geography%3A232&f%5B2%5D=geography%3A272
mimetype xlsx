--- v0 (2025-11-15)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -135,82 +135,67 @@
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
     <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
-  </si>
-[...16 lines deleted...]
-    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
 The standard covers the following types of self-ballasted LED lamps:
 a. Both the directional and non-directional lamps.
 b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
     <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
   </si>
   <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
     <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
@@ -341,50 +326,53 @@
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-5</t>
   </si>
   <si>
     <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for storage water heaters</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-storage-water-heaters</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines-0</t>
   </si>
   <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
     <t>Energy efficiency labelling of household microwave ovens.</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
   </si>
   <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
     <t>Energy labelling for electric storage water heaters.</t>
@@ -470,75 +458,93 @@
   <si>
     <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1082,1188 +1088,1188 @@
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>39</v>
       </c>
       <c r="P3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>41</v>
       </c>
       <c r="B4" t="s">
         <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>44</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>36</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="D5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="F5" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H5">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I5"/>
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="K5" t="s">
-        <v>36</v>
+        <v>55</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="N5" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="P5" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>52</v>
+      </c>
+      <c r="F6" t="s">
+        <v>64</v>
+      </c>
+      <c r="G6" t="s">
         <v>53</v>
       </c>
-      <c r="B6" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H6">
-        <v>2010</v>
+        <v>1994</v>
       </c>
       <c r="I6">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="J6" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="K6" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="L6"/>
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>66</v>
+      </c>
       <c r="M6" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="N6" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="P6" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>72</v>
+      </c>
+      <c r="E7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F7" t="s">
+        <v>64</v>
+      </c>
+      <c r="G7" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7">
+        <v>2001</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
         <v>65</v>
-      </c>
-[...25 lines deleted...]
-        <v>70</v>
       </c>
       <c r="K7" t="s">
         <v>36</v>
       </c>
       <c r="L7" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="M7" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
-        <v>67</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E8" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="F8" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="H8">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="I8">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="J8" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="K8" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="M8" t="s">
-        <v>72</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="P8" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B9" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E9" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="H9">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="K9" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="L9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P9" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>88</v>
       </c>
       <c r="B10" t="s">
         <v>89</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>90</v>
       </c>
       <c r="E10" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H10">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I10"/>
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2010</v>
+      </c>
       <c r="J10" t="s">
-        <v>84</v>
+        <v>23</v>
       </c>
       <c r="K10" t="s">
         <v>36</v>
       </c>
-      <c r="L10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>93</v>
       </c>
       <c r="B11" t="s">
         <v>94</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>95</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G11" t="s">
-        <v>58</v>
-[...6 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K11" t="s">
         <v>36</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B12" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>100</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>44</v>
       </c>
       <c r="G12" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>35</v>
       </c>
       <c r="K12" t="s">
         <v>36</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>38</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="P12" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B13" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>44</v>
       </c>
       <c r="G13" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="H13"/>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>35</v>
       </c>
       <c r="K13" t="s">
         <v>36</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>38</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="P13" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
         <v>107</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="H14"/>
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>35</v>
+        <v>79</v>
       </c>
       <c r="K14" t="s">
         <v>36</v>
       </c>
-      <c r="L14"/>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
       <c r="M14" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="P14" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2016</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="K15" t="s">
         <v>36</v>
       </c>
       <c r="L15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>105</v>
+        <v>118</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="K16" t="s">
         <v>36</v>
       </c>
       <c r="L16" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="P16" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B17" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2015</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="K17" t="s">
         <v>36</v>
       </c>
       <c r="L17" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="P17" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B18" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>128</v>
+        <v>33</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
         <v>2015</v>
       </c>
-      <c r="I18"/>
       <c r="J18" t="s">
-        <v>84</v>
+        <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>36</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>130</v>
       </c>
       <c r="P18" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>132</v>
       </c>
       <c r="B19" t="s">
         <v>133</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>33</v>
+        <v>134</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="H19">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I19">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
         <v>36</v>
       </c>
-      <c r="L19"/>
+      <c r="L19" t="s">
+        <v>135</v>
+      </c>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="P19" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B20" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="H20">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I20">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20" t="s">
         <v>36</v>
       </c>
       <c r="L20" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="P20" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B21" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>144</v>
+        <v>103</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="H21">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I21">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21" t="s">
         <v>36</v>
       </c>
-      <c r="L21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>146</v>
       </c>
       <c r="P21" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>148</v>
       </c>
       <c r="B22" t="s">
         <v>149</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="D22" t="s">
-        <v>43</v>
+        <v>150</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G22" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="H22">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="I22">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="J22" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="K22" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L22"/>
+        <v>151</v>
+      </c>
+      <c r="L22" t="s">
+        <v>152</v>
+      </c>
       <c r="M22" t="s">
-        <v>26</v>
+        <v>153</v>
       </c>
       <c r="N22" t="s">
-        <v>27</v>
+        <v>154</v>
       </c>
       <c r="O22" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="P22" t="s">
-        <v>46</v>
+        <v>156</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="B23" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C23" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>153</v>
+        <v>103</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="G23" t="s">
-        <v>58</v>
+        <v>159</v>
       </c>
       <c r="H23">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>59</v>
+        <v>23</v>
       </c>
       <c r="K23" t="s">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>156</v>
+        <v>26</v>
       </c>
       <c r="N23" t="s">
-        <v>157</v>
+        <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="P23" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B24" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2019</v>
       </c>
       <c r="I24">
         <v>2020</v>
       </c>
       <c r="J24" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="K24" t="s">
         <v>36</v>
       </c>
       <c r="L24" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M24" t="s">
         <v>26</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="P24" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B25" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>34</v>
       </c>
       <c r="G25" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="H25">
         <v>2013</v>
       </c>
       <c r="I25">
         <v>2015</v>
       </c>
       <c r="J25" t="s">
         <v>23</v>
       </c>
       <c r="K25" t="s">
         <v>36</v>
       </c>
       <c r="L25" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="M25" t="s">
         <v>26</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="P25" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B26" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
         <v>33</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>34</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2014</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="P26" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B27" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C27" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D27" t="s">
         <v>19</v>
       </c>
       <c r="E27" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2015</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="P27" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">