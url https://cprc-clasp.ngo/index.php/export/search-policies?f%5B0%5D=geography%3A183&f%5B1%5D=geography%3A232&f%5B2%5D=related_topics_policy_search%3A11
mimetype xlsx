--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,416 +12,534 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>Disposition 684|2013</t>
   </si>
   <si>
+    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-se-no-8142013</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
+  </si>
+  <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -685,1001 +803,1130 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N21"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="114" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="436.322" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="153.248" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>1994</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5">
+        <v>2001</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6">
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...12 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...88 lines deleted...]
-      <c r="K5" t="s">
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
         <v>43</v>
-      </c>
-[...116 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H8">
         <v>2010</v>
       </c>
-      <c r="I8" t="s">
+      <c r="I8">
+        <v>2010</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J8" t="s">
-[...3 lines deleted...]
-      <c r="L8" t="s">
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>58</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>58</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>58</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>87</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>92</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>58</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>93</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>98</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>43</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
         <v>23</v>
       </c>
-      <c r="M8" t="s">
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>103</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>43</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>104</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>109</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>43</v>
+      </c>
+      <c r="H15">
+        <v>1999</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>110</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>111</v>
+      </c>
+      <c r="P15" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>113</v>
+      </c>
+      <c r="B16" t="s">
+        <v>114</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>43</v>
+      </c>
+      <c r="H16">
+        <v>2007</v>
+      </c>
+      <c r="I16">
+        <v>2011</v>
+      </c>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C17" t="s">
+        <v>118</v>
+      </c>
+      <c r="D17" t="s">
+        <v>119</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>120</v>
+      </c>
+      <c r="G17" t="s">
+        <v>43</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>121</v>
+      </c>
+      <c r="K17" t="s">
+        <v>122</v>
+      </c>
+      <c r="L17" t="s">
+        <v>123</v>
+      </c>
+      <c r="M17" t="s">
+        <v>124</v>
+      </c>
+      <c r="N17" t="s">
+        <v>125</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>130</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2019</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>58</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>131</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>132</v>
+      </c>
+      <c r="P18" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>134</v>
+      </c>
+      <c r="B19" t="s">
+        <v>135</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>136</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>120</v>
+      </c>
+      <c r="G19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>137</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>138</v>
+      </c>
+      <c r="P19" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>140</v>
+      </c>
+      <c r="B20" t="s">
+        <v>141</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>98</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>120</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>142</v>
+      </c>
+      <c r="P20" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>118</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>41</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>145</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...308 lines deleted...]
-      <c r="C16" t="s">
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>124</v>
+      </c>
+      <c r="N21" t="s">
         <v>27</v>
       </c>
-      <c r="D16" t="s">
-[...240 lines deleted...]
-        <v>108</v>
+      <c r="O21" t="s">
+        <v>146</v>
+      </c>
+      <c r="P21" t="s">
+        <v>147</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>