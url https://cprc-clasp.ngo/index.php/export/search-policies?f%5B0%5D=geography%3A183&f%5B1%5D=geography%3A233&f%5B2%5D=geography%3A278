--- v0 (2025-11-12)
+++ v1 (2026-02-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="308">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,255 +104,243 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of household air conditioners</t>
+  </si>
+  <si>
+    <t>Applies to electric air conditioners of domestic and foreign make, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, with a nominal capacity of equal to or less than 12 kW, which are used for cooling or heating, including reversible air conditioners with a rated capacity of less than or equal to 12 kW when cooling.</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>October 2015</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-labeling</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-konditsionery.doc</t>
+  </si>
+  <si>
+    <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
+  </si>
+  <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
+    <t>Displays, Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
+    <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
+  </si>
+  <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
+    <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
+  </si>
+  <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
+    <t>Energy labelling and MEPS for Swimming Pool Pumps</t>
+  </si>
+  <si>
+    <t>This Standard specifies the energy information disclosure, energy labelling and MEPS requirements for swimming pool pump-units. The rating scale for pump units is from 1 to 10. Every star on the label represents a 25% improvement in efficiency, so a 7 star pump will be up to 25% more energy efficient than a 6 star pump, and an 8 star pump will be up to 43% more efficient than a 6 star pump. Many pump-units also report noise levels on the label.</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>Pool Pumps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>AS 5102.1-2009, AS 5102.2-2009</t>
+  </si>
+  <si>
+    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-labelling-and-meps-swimming-pool-pumps</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00025</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
+  </si>
+  <si>
+    <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Packaged Terminals</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00182</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
+  </si>
+  <si>
+    <t>The products covered by this Determination are single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units;  that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of greater than 65kW are expected to be covered by another GEMS determination.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>AS/NZS 3823.2:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-air-conditioners-65kw-determination-2019</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2019L00490</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Ballasts for Fluorescent Lamps) Determination 2012</t>
+  </si>
+  <si>
+    <t>Ballasts for fluorescent lamps manufactured in or imported into Australia or New Zealand must comply with Minimum Energy Performance Standards (MEPS) requirements which are set out in AS/NZS 4783.2.MEPS DOES apply to the following types of ballasts:  ferromagnetic and electronic ballasts used with linear fluorescent lamps from 15W to 70W;  rated for 50 Hz and 230/240/250V supply (or a range that includes these);  ballasts supplied as separate components or as part of a luminaire. MEPS DOES NOT apply to the following types of ballasts:  primarily for use on DC supplies or batteries;  primarily for the production of light (radiation) outside the visible spectrum;  to exit signs within the scope of AS/NZS 2293;  to hazardous area lighting equipment within the scope of AS/NZS 2380 AS/NZS 60079 and AS/NZS 61241.  "</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>AS/NZS 4783.1:2001</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-ballasts-fluorescent-lamps-determination-2012</t>
+  </si>
+  <si>
+    <t>http://www.comlaw.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>AS/NZS 4965.1:2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
+  </si>
+  <si>
+    <t>This policy applies to clothes washers which are intended for household or similar use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
-  </si>
-[...196 lines deleted...]
-    <t>This policy applies to clothes washers which are intended for household or similar use.</t>
   </si>
   <si>
     <t>AS/NZS 2040.1:2005 AS/NZS 2040:2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-clothes-washing-machines-determination-2015</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Details/F2015L01816</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
     <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
                 (a)    a direct connection; or
                (b)    an external power supply permanently connected to the product; or
                 (c)    an external power supply that can be disconnected from the product.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
   </si>
@@ -836,50 +824,68 @@
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
   </si>
   <si>
     <t>Provision No. 257</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
@@ -1432,2370 +1438,2370 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H3"/>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
         <v>44</v>
       </c>
-      <c r="N4" t="s">
-[...2 lines deleted...]
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
         <v>47</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
         <v>48</v>
       </c>
-      <c r="C5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="K5" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
         <v>52</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
         <v>53</v>
       </c>
-      <c r="C6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>55</v>
       </c>
       <c r="P6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>57</v>
       </c>
       <c r="B7" t="s">
         <v>58</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="D7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="H7"/>
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="K7" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="L7"/>
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
       <c r="M7" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="P7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B8" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="C8" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D8" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D9" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="H9">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I9"/>
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
       <c r="J9" t="s">
-        <v>76</v>
+        <v>62</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L9"/>
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
       <c r="M9" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C10" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D10" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="G10" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H10">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="I10">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="J10" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="G11" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="H11">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="I11">
         <v>2012</v>
       </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M11" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="H12">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I12"/>
+        <v>1989</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
       <c r="J12" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M12" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C13" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="G13" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H13">
-        <v>1989</v>
+        <v>1999</v>
       </c>
       <c r="I13">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J13" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L13" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="M13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="P13" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C14" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="G14" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H14">
-        <v>1999</v>
+        <v>2013</v>
       </c>
       <c r="I14">
         <v>2014</v>
       </c>
       <c r="J14" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M14" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="B15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C15" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="G15" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H15">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="I15">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J15" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="M15" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="P15" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B16" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C16" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D16" t="s">
-        <v>115</v>
+        <v>48</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H16">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="I16">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J16" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M16" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C17" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D17" t="s">
-        <v>54</v>
+        <v>122</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="G17" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H17">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="I17">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J17" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L17" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="M17" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="P17" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C18" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D18" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="G18" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H18">
-        <v>2004</v>
+        <v>1989</v>
       </c>
       <c r="I18">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="J18" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L18" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="M18" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="P18" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B19" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C19" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D19" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="G19" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H19">
-        <v>1989</v>
+        <v>2005</v>
       </c>
       <c r="I19">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J19" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L19" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="M19" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="P19" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B20" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C20" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="G20" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H20">
-        <v>2005</v>
+        <v>1989</v>
       </c>
       <c r="I20">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="J20" t="s">
-        <v>76</v>
+        <v>62</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
+        <v>141</v>
       </c>
       <c r="L20" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="M20" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="P20" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="B21" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C21" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D21" t="s">
-        <v>144</v>
+        <v>128</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="G21" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H21">
         <v>1989</v>
       </c>
       <c r="I21">
         <v>2017</v>
       </c>
       <c r="J21" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K21" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="L21" t="s">
+        <v>142</v>
+      </c>
+      <c r="M21" t="s">
+        <v>64</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
         <v>146</v>
       </c>
-      <c r="M21" t="s">
-[...5 lines deleted...]
-      <c r="O21" t="s">
+      <c r="P21" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B22" t="s">
         <v>149</v>
       </c>
       <c r="C22" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D22" t="s">
-        <v>132</v>
+        <v>150</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="G22" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="H22">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K22" t="s">
-        <v>145</v>
+        <v>37</v>
       </c>
       <c r="L22" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="M22" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="P22" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B23" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C23" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D23" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="H23">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I23"/>
+        <v>2009</v>
+      </c>
+      <c r="I23">
+        <v>2016</v>
+      </c>
       <c r="J23" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L23" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="M23" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="P23" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B24" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C24" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D24" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="G24" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="H24"/>
       <c r="I24">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="J24" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="K24" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L24" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="M24" t="s">
-        <v>70</v>
+        <v>165</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="P24" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B25" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="C25" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D25" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="G25" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="H25"/>
+        <v>76</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
       <c r="I25">
-        <v>2025</v>
+        <v>2012</v>
       </c>
       <c r="J25" t="s">
-        <v>76</v>
+        <v>62</v>
       </c>
       <c r="K25" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L25" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="M25" t="s">
-        <v>169</v>
+        <v>64</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="P25" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B26" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C26" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D26" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="G26" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H26">
-        <v>2008</v>
+        <v>2003</v>
       </c>
       <c r="I26">
-        <v>2012</v>
+        <v>2024</v>
       </c>
       <c r="J26" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="K26" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L26" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="M26" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="P26" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B27" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C27" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D27" t="s">
-        <v>180</v>
+        <v>53</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="G27" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H27">
-        <v>2003</v>
+        <v>1989</v>
       </c>
       <c r="I27">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="J27" t="s">
-        <v>76</v>
+        <v>62</v>
       </c>
       <c r="K27" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L27" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M27" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P27" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C28" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D28" t="s">
-        <v>59</v>
+        <v>187</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="G28" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H28">
-        <v>1989</v>
+        <v>2009</v>
       </c>
       <c r="I28">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J28" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K28" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L28" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="M28" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="P28" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B29" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C29" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D29" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="G29" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H29">
         <v>2009</v>
       </c>
       <c r="I29">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="J29" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K29" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L29" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="M29" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="P29" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B30" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C30" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D30" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="G30" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H30">
-        <v>2009</v>
+        <v>2001</v>
       </c>
       <c r="I30">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="J30" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="K30" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L30" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="M30" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N30" t="s">
-        <v>27</v>
+        <v>201</v>
       </c>
       <c r="O30" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="P30" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>204</v>
+      </c>
+      <c r="B31" t="s">
+        <v>205</v>
+      </c>
+      <c r="C31" t="s">
+        <v>59</v>
+      </c>
+      <c r="D31" t="s">
+        <v>206</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>70</v>
+      </c>
+      <c r="G31" t="s">
+        <v>76</v>
+      </c>
+      <c r="H31">
+        <v>2004</v>
+      </c>
+      <c r="I31">
+        <v>2012</v>
+      </c>
+      <c r="J31" t="s">
+        <v>71</v>
+      </c>
+      <c r="K31" t="s">
+        <v>37</v>
+      </c>
+      <c r="L31" t="s">
+        <v>207</v>
+      </c>
+      <c r="M31" t="s">
+        <v>64</v>
+      </c>
+      <c r="N31" t="s">
         <v>201</v>
       </c>
-      <c r="B31" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="O31" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="P31" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B32" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C32" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="E32" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F32" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H32">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="I32">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J32" t="s">
-        <v>76</v>
+        <v>213</v>
       </c>
       <c r="K32" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="M32" t="s">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="N32" t="s">
-        <v>205</v>
+        <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="P32" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B33" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="E33" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="H33">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="K33" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="L33" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="M33" t="s">
         <v>26</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="P33" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B34" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>223</v>
+        <v>162</v>
       </c>
       <c r="E34" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="H34">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I34"/>
+        <v>2010</v>
+      </c>
+      <c r="I34">
+        <v>2010</v>
+      </c>
       <c r="J34" t="s">
-        <v>217</v>
+        <v>23</v>
       </c>
       <c r="K34" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
         <v>26</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
+        <v>224</v>
+      </c>
+      <c r="P34" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>226</v>
       </c>
       <c r="B35" t="s">
         <v>227</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>166</v>
+        <v>228</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="H35">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>23</v>
+        <v>213</v>
       </c>
       <c r="K35" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L35"/>
+        <v>37</v>
+      </c>
+      <c r="L35" t="s">
+        <v>229</v>
+      </c>
       <c r="M35" t="s">
         <v>26</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="P35" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B36" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>232</v>
+        <v>128</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2016</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="K36" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L36" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="M36" t="s">
         <v>26</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="P36" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B37" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>132</v>
+        <v>193</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="K37" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L37" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="M37" t="s">
         <v>26</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="P37" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B38" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>197</v>
+        <v>244</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2015</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="K38" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L38" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="M38" t="s">
         <v>26</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="P38" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B39" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>248</v>
+        <v>33</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="H39">
+        <v>2008</v>
+      </c>
+      <c r="I39">
         <v>2015</v>
       </c>
-      <c r="I39"/>
       <c r="J39" t="s">
-        <v>217</v>
+        <v>23</v>
       </c>
       <c r="K39" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
         <v>26</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
         <v>250</v>
       </c>
       <c r="P39" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>252</v>
       </c>
       <c r="B40" t="s">
         <v>253</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>40</v>
+        <v>82</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H40">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I40">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J40" t="s">
         <v>23</v>
       </c>
       <c r="K40" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L40"/>
+        <v>37</v>
+      </c>
+      <c r="L40" t="s">
+        <v>254</v>
+      </c>
       <c r="M40" t="s">
         <v>26</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="P40" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B41" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>87</v>
+        <v>122</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H41">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I41">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J41" t="s">
         <v>23</v>
       </c>
       <c r="K41" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L41" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="M41" t="s">
         <v>26</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="P41" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B42" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H42">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I42">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
         <v>26</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
         <v>264</v>
       </c>
       <c r="P42" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>266</v>
       </c>
       <c r="B43" t="s">
         <v>267</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>32</v>
+        <v>94</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="G43" t="s">
-        <v>81</v>
+        <v>268</v>
       </c>
       <c r="H43">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
         <v>23</v>
       </c>
       <c r="K43" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
         <v>26</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="P43" t="s">
-        <v>36</v>
+        <v>270</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B44" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2019</v>
       </c>
       <c r="I44">
         <v>2020</v>
       </c>
       <c r="J44" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="K44" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L44" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="M44" t="s">
         <v>26</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="P44" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B45" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="G45" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H45">
         <v>2013</v>
       </c>
       <c r="I45">
         <v>2015</v>
       </c>
       <c r="J45" t="s">
         <v>23</v>
       </c>
       <c r="K45" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L45" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="M45" t="s">
         <v>26</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="P45" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B46" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C46" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D46" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E46" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H46"/>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="K46" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="P46" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B47" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C47" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D47" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="E47" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2014</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="K47" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="P47" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B48" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C48" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D48" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H48">
         <v>2008</v>
       </c>
       <c r="I48">
         <v>2013</v>
       </c>
       <c r="J48" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="K48" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L48" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="M48" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="P48" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B49" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2014</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>23</v>
       </c>
       <c r="K49" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
         <v>26</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="P49" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B50" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C50" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D50" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="E50" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="H50">
         <v>2015</v>
       </c>
       <c r="I50">
         <v>2016</v>
       </c>
       <c r="J50" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="K50" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="L50" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="M50" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="N50" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="O50" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="P50" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">