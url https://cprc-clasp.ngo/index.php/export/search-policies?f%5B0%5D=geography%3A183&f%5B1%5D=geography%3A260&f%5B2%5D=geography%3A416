--- v0 (2025-11-12)
+++ v1 (2026-02-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,453 +104,456 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>NI IEC TS 62258-9-8</t>
+  </si>
+  <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>Côte d'Ivoire</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>April 2023</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>CODINORM</t>
+  </si>
+  <si>
+    <t>Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
+  </si>
+  <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 003 White Goods</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>October 2015</t>
+  </si>
+  <si>
+    <t>Ecolabelling Sweden</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washing Machines</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 015 Imaging Equipment</t>
+  </si>
+  <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
+  </si>
+  <si>
+    <t>RAL-UZ 122 Version June 2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
+  </si>
+  <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
+    <t>Outdoor Tools &amp; Equipment</t>
+  </si>
+  <si>
+    <t>Electricity, Oil</t>
+  </si>
+  <si>
+    <t>ISO 8178, CEC RF-08-A-85</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 048 Computers</t>
+  </si>
+  <si>
+    <t>Computers, Displays</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Computer Program Requirements Version 6</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 059 Heat Pumps</t>
+  </si>
+  <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>EN 14511</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
+    <t>Doors, Windows</t>
+  </si>
+  <si>
+    <t>EN 14351-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 071 TV and Projector</t>
+  </si>
+  <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
+    <t>Televisions, Projectors</t>
+  </si>
+  <si>
+    <t>IEC 62087, ver. 2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
+  </si>
+  <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...389 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
@@ -1034,1236 +1037,1236 @@
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I3"/>
+        <v>2002</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>43</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H5">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I5"/>
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2010</v>
+      </c>
       <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
         <v>42</v>
       </c>
-      <c r="K5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
         <v>51</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>53</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="G6" t="s">
-        <v>41</v>
+        <v>55</v>
       </c>
       <c r="H6">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L6"/>
+        <v>57</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
       <c r="M6" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="N6" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="O6" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="P6" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="C7" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="D7" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="E7" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="G7" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H7">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="K7" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="N7" t="s">
-        <v>66</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="P7" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="D8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E8" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F8" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2014</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
         <v>75</v>
       </c>
-      <c r="N8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P8" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="B9" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C9" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="D9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E9" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F9" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2014</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="K9" t="s">
-        <v>80</v>
+        <v>42</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="P9" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>65</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>67</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
+        <v>2006</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>68</v>
+      </c>
+      <c r="K10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
         <v>69</v>
       </c>
-      <c r="B10" t="s">
-[...5 lines deleted...]
-      <c r="D10" t="s">
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
         <v>83</v>
       </c>
-      <c r="E10" t="s">
-[...25 lines deleted...]
-      <c r="O10" t="s">
+      <c r="P10" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>85</v>
       </c>
       <c r="B11" t="s">
         <v>86</v>
       </c>
       <c r="C11" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="D11" t="s">
         <v>87</v>
       </c>
       <c r="E11" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F11" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="G11" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H11">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
       <c r="L11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M11" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
         <v>92</v>
       </c>
       <c r="C12" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="D12" t="s">
         <v>93</v>
       </c>
       <c r="E12" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F12" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="K12" t="s">
+        <v>42</v>
+      </c>
+      <c r="L12" t="s">
         <v>94</v>
       </c>
-      <c r="L12" t="s">
+      <c r="M12" t="s">
+        <v>69</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
         <v>95</v>
       </c>
-      <c r="M12" t="s">
-[...5 lines deleted...]
-      <c r="O12" t="s">
+      <c r="P12" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B13" t="s">
         <v>98</v>
       </c>
       <c r="C13" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="D13" t="s">
         <v>99</v>
       </c>
       <c r="E13" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F13" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L13" t="s">
         <v>100</v>
       </c>
       <c r="M13" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>101</v>
       </c>
       <c r="P13" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>103</v>
       </c>
       <c r="B14" t="s">
         <v>104</v>
       </c>
       <c r="C14" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="D14" t="s">
         <v>105</v>
       </c>
       <c r="E14" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F14" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2014</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>106</v>
       </c>
       <c r="M14" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>107</v>
       </c>
       <c r="P14" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>109</v>
       </c>
       <c r="B15" t="s">
         <v>110</v>
       </c>
       <c r="C15" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="D15" t="s">
         <v>111</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F15" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="K15" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="L15" t="s">
         <v>112</v>
       </c>
       <c r="M15" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>113</v>
       </c>
       <c r="P15" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>115</v>
       </c>
       <c r="B16" t="s">
         <v>116</v>
       </c>
       <c r="C16" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>117</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>73</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>74</v>
+        <v>35</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L16" t="s">
         <v>118</v>
       </c>
       <c r="M16" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>119</v>
       </c>
       <c r="P16" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>121</v>
       </c>
       <c r="B17" t="s">
         <v>122</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>123</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2016</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
+        <v>35</v>
+      </c>
+      <c r="K17" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="L17" t="s">
         <v>124</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>125</v>
       </c>
       <c r="P17" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>127</v>
       </c>
       <c r="B18" t="s">
         <v>128</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>129</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
+        <v>35</v>
+      </c>
+      <c r="K18" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="L18" t="s">
         <v>130</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>131</v>
       </c>
       <c r="P18" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>133</v>
       </c>
       <c r="B19" t="s">
         <v>134</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
         <v>135</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2015</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
+        <v>35</v>
+      </c>
+      <c r="K19" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="L19" t="s">
         <v>136</v>
       </c>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>137</v>
       </c>
       <c r="P19" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>139</v>
       </c>
       <c r="B20" t="s">
         <v>140</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
         <v>141</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
         <v>2015</v>
       </c>
-      <c r="I20"/>
       <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
         <v>42</v>
       </c>
-      <c r="K20" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
+        <v>142</v>
+      </c>
+      <c r="P20" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>144</v>
+      </c>
+      <c r="B21" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H21">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I21">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L21"/>
+        <v>42</v>
+      </c>
+      <c r="L21" t="s">
+        <v>147</v>
+      </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>148</v>
       </c>
       <c r="P21" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>150</v>
       </c>
       <c r="B22" t="s">
         <v>151</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
         <v>152</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H22">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I22">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L22" t="s">
         <v>153</v>
       </c>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>154</v>
       </c>
       <c r="P22" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>156</v>
       </c>
       <c r="B23" t="s">
         <v>157</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
         <v>158</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H23">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I23">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
+        <v>159</v>
+      </c>
+      <c r="P23" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>161</v>
+      </c>
+      <c r="B24" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>32</v>
+        <v>158</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
       <c r="G24" t="s">
-        <v>41</v>
+        <v>55</v>
       </c>
       <c r="H24">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
         <v>23</v>
       </c>
       <c r="K24" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>26</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>164</v>
       </c>
       <c r="P24" t="s">
-        <v>36</v>
+        <v>165</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B25" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2019</v>
       </c>
       <c r="I25">
         <v>2020</v>
       </c>
       <c r="J25" t="s">
+        <v>35</v>
+      </c>
+      <c r="K25" t="s">
         <v>42</v>
       </c>
-      <c r="K25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L25" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M25" t="s">
         <v>26</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="P25" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B26" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="G26" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H26">
         <v>2013</v>
       </c>
       <c r="I26">
         <v>2015</v>
       </c>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L26" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="M26" t="s">
         <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B27" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2014</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>23</v>
       </c>
       <c r="K27" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>26</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P27" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">