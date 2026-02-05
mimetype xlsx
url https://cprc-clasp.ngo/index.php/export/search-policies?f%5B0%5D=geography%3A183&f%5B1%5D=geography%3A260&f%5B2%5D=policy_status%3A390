--- v0 (2025-10-12)
+++ v1 (2026-02-05)
@@ -12,449 +12,471 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 003 White Goods</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>October 2015</t>
+  </si>
+  <si>
+    <t>Ecolabelling Sweden</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washing Machines</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
+  </si>
+  <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
+    <t>Outdoor Tools &amp; Equipment</t>
+  </si>
+  <si>
+    <t>Electricity, Oil</t>
+  </si>
+  <si>
+    <t>ISO 8178, CEC RF-08-A-85</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 048 Computers</t>
+  </si>
+  <si>
+    <t>Computers, Displays</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Computer Program Requirements Version 6</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 059 Heat Pumps</t>
+  </si>
+  <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>EN 14511</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
+    <t>Doors, Windows</t>
+  </si>
+  <si>
+    <t>EN 14351-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 071 TV and Projector</t>
+  </si>
+  <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
+    <t>Televisions, Projectors</t>
+  </si>
+  <si>
+    <t>IEC 62087, ver. 2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
+  </si>
+  <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...206 lines deleted...]
-    <t>Provision No 859 del 11|11|2008</t>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
+  </si>
+  <si>
+    <t>Resolution 834/2019 and Resolution 422/2020</t>
+  </si>
+  <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
+    <t>IRAM 2294-3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution SE No 814|2013</t>
+  </si>
+  <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
-[...43 lines deleted...]
-  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>IRAM 2404-1</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-se-no-8142013</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -718,1203 +740,968 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="82" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="127" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1330.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="153.248" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>50</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>58</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>45</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>44</v>
+      </c>
+      <c r="K8" t="s">
+        <v>35</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>45</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>44</v>
+      </c>
+      <c r="K9" t="s">
+        <v>35</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>45</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>44</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>45</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>41</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>44</v>
+      </c>
+      <c r="K11" t="s">
+        <v>35</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>45</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>35</v>
+      </c>
+      <c r="L12" t="s">
+        <v>88</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" t="s">
+        <v>35</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>34</v>
+      </c>
+      <c r="K14" t="s">
+        <v>35</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" t="s">
+        <v>35</v>
+      </c>
+      <c r="L15" t="s">
+        <v>106</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>107</v>
+      </c>
+      <c r="P15" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>111</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>112</v>
+      </c>
+      <c r="G16" t="s">
+        <v>113</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>25</v>
+      <c r="K16" t="s">
+        <v>35</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>114</v>
+      </c>
+      <c r="P16" t="s">
+        <v>115</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>42</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2019</v>
+      </c>
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
+        <v>34</v>
+      </c>
+      <c r="K17" t="s">
+        <v>35</v>
+      </c>
+      <c r="L17" t="s">
+        <v>118</v>
+      </c>
+      <c r="M17" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N17" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...12 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O17" t="s">
+        <v>119</v>
+      </c>
+      <c r="P17" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>121</v>
+      </c>
+      <c r="B18" t="s">
+        <v>122</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E18" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...3 lines deleted...]
-      <c r="L3" t="s">
+      <c r="F18" t="s">
+        <v>124</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...31 lines deleted...]
-      <c r="I4" t="s">
+      <c r="K18" t="s">
         <v>35</v>
       </c>
-      <c r="J4" t="s">
-[...591 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N18" t="s">
-        <v>93</v>
-[...181 lines deleted...]
-      <c r="C23" t="s">
         <v>27</v>
       </c>
-      <c r="D23" t="s">
-[...156 lines deleted...]
-        <v>119</v>
+      <c r="O18" t="s">
+        <v>125</v>
+      </c>
+      <c r="P18" t="s">
+        <v>126</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>