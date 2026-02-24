--- v0 (2025-12-28)
+++ v1 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="420">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="422">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1079,237 +1079,243 @@
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
-    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
-[...173 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -4371,851 +4377,851 @@
       </c>
       <c r="M56" t="s">
         <v>331</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
         <v>332</v>
       </c>
       <c r="P56" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>334</v>
       </c>
       <c r="B57" t="s">
         <v>335</v>
       </c>
       <c r="C57" t="s">
         <v>37</v>
       </c>
       <c r="D57" t="s">
-        <v>96</v>
+        <v>336</v>
       </c>
       <c r="E57" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>166</v>
+        <v>40</v>
       </c>
       <c r="G57" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H57">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I57"/>
+        <v>2002</v>
+      </c>
+      <c r="I57">
+        <v>2010</v>
+      </c>
       <c r="J57" t="s">
-        <v>42</v>
+        <v>337</v>
       </c>
       <c r="K57" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L57"/>
+        <v>43</v>
+      </c>
+      <c r="L57" t="s">
+        <v>338</v>
+      </c>
       <c r="M57" t="s">
         <v>45</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="P57" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="B58" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C58" t="s">
         <v>37</v>
       </c>
       <c r="D58" t="s">
-        <v>340</v>
+        <v>290</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>40</v>
       </c>
       <c r="G58" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H58">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="K58" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="M58" t="s">
         <v>45</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="P58" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>345</v>
       </c>
       <c r="B59" t="s">
         <v>346</v>
       </c>
       <c r="C59" t="s">
         <v>37</v>
       </c>
       <c r="D59" t="s">
-        <v>290</v>
+        <v>347</v>
       </c>
       <c r="E59" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F59" t="s">
         <v>40</v>
       </c>
       <c r="G59" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H59">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I59"/>
+        <v>2010</v>
+      </c>
+      <c r="I59">
+        <v>2010</v>
+      </c>
       <c r="J59" t="s">
-        <v>341</v>
+        <v>42</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
-      <c r="L59" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L59"/>
       <c r="M59" t="s">
         <v>45</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
         <v>348</v>
       </c>
       <c r="P59" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B60" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C60" t="s">
         <v>37</v>
       </c>
       <c r="D60" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E60" t="s">
         <v>39</v>
       </c>
       <c r="F60" t="s">
         <v>40</v>
       </c>
       <c r="G60" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H60">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I60"/>
       <c r="J60" t="s">
-        <v>42</v>
+        <v>337</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
-      <c r="L60"/>
+      <c r="L60" t="s">
+        <v>353</v>
+      </c>
       <c r="M60" t="s">
         <v>45</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="P60" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B61" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C61" t="s">
         <v>37</v>
       </c>
       <c r="D61" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="E61" t="s">
         <v>39</v>
       </c>
       <c r="F61" t="s">
         <v>40</v>
       </c>
       <c r="G61" t="s">
         <v>41</v>
       </c>
       <c r="H61">
         <v>2016</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="M61" t="s">
         <v>45</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="P61" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B62" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C62" t="s">
         <v>37</v>
       </c>
       <c r="D62" t="s">
-        <v>362</v>
+        <v>19</v>
       </c>
       <c r="E62" t="s">
         <v>39</v>
       </c>
       <c r="F62" t="s">
         <v>40</v>
       </c>
       <c r="G62" t="s">
         <v>41</v>
       </c>
       <c r="H62">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="M62" t="s">
         <v>45</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="P62" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B63" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C63" t="s">
         <v>37</v>
       </c>
       <c r="D63" t="s">
-        <v>19</v>
+        <v>369</v>
       </c>
       <c r="E63" t="s">
         <v>39</v>
       </c>
       <c r="F63" t="s">
         <v>40</v>
       </c>
       <c r="G63" t="s">
         <v>41</v>
       </c>
       <c r="H63">
         <v>2015</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="M63" t="s">
         <v>45</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="P63" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B64" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C64" t="s">
         <v>37</v>
       </c>
       <c r="D64" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="E64" t="s">
         <v>39</v>
       </c>
       <c r="F64" t="s">
         <v>40</v>
       </c>
       <c r="G64" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H64">
+        <v>2008</v>
+      </c>
+      <c r="I64">
         <v>2015</v>
       </c>
-      <c r="I64"/>
       <c r="J64" t="s">
-        <v>341</v>
+        <v>42</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
-      <c r="L64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L64"/>
       <c r="M64" t="s">
         <v>45</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="P64" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B65" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C65" t="s">
         <v>37</v>
       </c>
       <c r="D65" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="E65" t="s">
         <v>39</v>
       </c>
       <c r="F65" t="s">
         <v>40</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I65">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J65" t="s">
         <v>42</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
-      <c r="L65"/>
+      <c r="L65" t="s">
+        <v>381</v>
+      </c>
       <c r="M65" t="s">
         <v>45</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="P65" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B66" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="C66" t="s">
         <v>37</v>
       </c>
       <c r="D66" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="E66" t="s">
         <v>39</v>
       </c>
       <c r="F66" t="s">
         <v>40</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I66">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J66" t="s">
         <v>42</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="M66" t="s">
         <v>45</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="P66" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="B67" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C67" t="s">
         <v>37</v>
       </c>
       <c r="D67" t="s">
-        <v>390</v>
+        <v>96</v>
       </c>
       <c r="E67" t="s">
         <v>39</v>
       </c>
       <c r="F67" t="s">
         <v>40</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I67">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J67" t="s">
         <v>42</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
-      <c r="L67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L67"/>
       <c r="M67" t="s">
         <v>45</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
         <v>392</v>
       </c>
       <c r="P67" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>394</v>
       </c>
       <c r="B68" t="s">
         <v>395</v>
       </c>
       <c r="C68" t="s">
         <v>37</v>
       </c>
       <c r="D68" t="s">
         <v>96</v>
       </c>
       <c r="E68" t="s">
         <v>39</v>
       </c>
       <c r="F68" t="s">
-        <v>40</v>
+        <v>166</v>
       </c>
       <c r="G68" t="s">
-        <v>22</v>
+        <v>396</v>
       </c>
       <c r="H68">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I68"/>
       <c r="J68" t="s">
         <v>42</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
         <v>45</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="P68" t="s">
-        <v>337</v>
+        <v>398</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B69" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C69" t="s">
         <v>37</v>
       </c>
       <c r="D69" t="s">
         <v>115</v>
       </c>
       <c r="E69" t="s">
         <v>39</v>
       </c>
       <c r="F69" t="s">
         <v>40</v>
       </c>
       <c r="G69" t="s">
         <v>41</v>
       </c>
       <c r="H69">
         <v>2019</v>
       </c>
       <c r="I69">
         <v>2020</v>
       </c>
       <c r="J69" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="M69" t="s">
         <v>45</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="P69" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B70" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C70" t="s">
         <v>37</v>
       </c>
       <c r="D70" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="E70" t="s">
         <v>39</v>
       </c>
       <c r="F70" t="s">
         <v>328</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2013</v>
       </c>
       <c r="I70">
         <v>2015</v>
       </c>
       <c r="J70" t="s">
         <v>42</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="M70" t="s">
         <v>45</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="P70" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B71" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C71" t="s">
         <v>37</v>
       </c>
       <c r="D71" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="E71" t="s">
         <v>39</v>
       </c>
       <c r="F71" t="s">
         <v>328</v>
       </c>
       <c r="G71" t="s">
         <v>41</v>
       </c>
       <c r="H71">
         <v>2014</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
         <v>42</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
         <v>45</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="P71" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B72" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C72" t="s">
         <v>18</v>
       </c>
       <c r="D72" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>166</v>
       </c>
       <c r="G72" t="s">
         <v>41</v>
       </c>
       <c r="H72">
         <v>2014</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>51</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="P72" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B73" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C73" t="s">
         <v>125</v>
       </c>
       <c r="D73" t="s">
         <v>50</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>166</v>
       </c>
       <c r="G73" t="s">
         <v>41</v>
       </c>
       <c r="H73">
         <v>2013</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
         <v>51</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="P73" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">