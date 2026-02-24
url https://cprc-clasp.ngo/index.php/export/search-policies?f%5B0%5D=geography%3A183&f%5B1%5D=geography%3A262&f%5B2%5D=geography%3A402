--- v0 (2025-12-11)
+++ v1 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="420">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="422">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -900,60 +900,61 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
@@ -1078,237 +1079,243 @@
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
-    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
-[...173 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -3864,55 +3871,53 @@
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>276</v>
       </c>
       <c r="B46" t="s">
         <v>277</v>
       </c>
       <c r="C46" t="s">
         <v>135</v>
       </c>
       <c r="D46" t="s">
         <v>278</v>
       </c>
       <c r="E46" t="s">
         <v>49</v>
       </c>
       <c r="F46" t="s">
         <v>176</v>
       </c>
       <c r="G46" t="s">
         <v>279</v>
       </c>
       <c r="H46">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I46"/>
       <c r="J46" t="s">
         <v>280</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
         <v>281</v>
       </c>
       <c r="M46" t="s">
         <v>282</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
         <v>283</v>
       </c>
       <c r="P46" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>285</v>
@@ -4368,851 +4373,851 @@
       <c r="L56"/>
       <c r="M56" t="s">
         <v>84</v>
       </c>
       <c r="N56" t="s">
         <v>85</v>
       </c>
       <c r="O56" t="s">
         <v>332</v>
       </c>
       <c r="P56" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>334</v>
       </c>
       <c r="B57" t="s">
         <v>335</v>
       </c>
       <c r="C57" t="s">
         <v>47</v>
       </c>
       <c r="D57" t="s">
-        <v>106</v>
+        <v>336</v>
       </c>
       <c r="E57" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>176</v>
+        <v>50</v>
       </c>
       <c r="G57" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H57">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I57"/>
+        <v>2002</v>
+      </c>
+      <c r="I57">
+        <v>2010</v>
+      </c>
       <c r="J57" t="s">
-        <v>52</v>
+        <v>337</v>
       </c>
       <c r="K57" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L57"/>
+        <v>53</v>
+      </c>
+      <c r="L57" t="s">
+        <v>338</v>
+      </c>
       <c r="M57" t="s">
         <v>55</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="P57" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="B58" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C58" t="s">
         <v>47</v>
       </c>
       <c r="D58" t="s">
-        <v>340</v>
+        <v>300</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>50</v>
       </c>
       <c r="G58" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="H58">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="K58" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="M58" t="s">
         <v>55</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="P58" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>345</v>
       </c>
       <c r="B59" t="s">
         <v>346</v>
       </c>
       <c r="C59" t="s">
         <v>47</v>
       </c>
       <c r="D59" t="s">
-        <v>300</v>
+        <v>347</v>
       </c>
       <c r="E59" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="F59" t="s">
         <v>50</v>
       </c>
       <c r="G59" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H59">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I59"/>
+        <v>2010</v>
+      </c>
+      <c r="I59">
+        <v>2010</v>
+      </c>
       <c r="J59" t="s">
-        <v>341</v>
+        <v>52</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
-      <c r="L59" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L59"/>
       <c r="M59" t="s">
         <v>55</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
         <v>348</v>
       </c>
       <c r="P59" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B60" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C60" t="s">
         <v>47</v>
       </c>
       <c r="D60" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E60" t="s">
         <v>49</v>
       </c>
       <c r="F60" t="s">
         <v>50</v>
       </c>
       <c r="G60" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="H60">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I60"/>
       <c r="J60" t="s">
-        <v>52</v>
+        <v>337</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
-      <c r="L60"/>
+      <c r="L60" t="s">
+        <v>353</v>
+      </c>
       <c r="M60" t="s">
         <v>55</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="P60" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B61" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C61" t="s">
         <v>47</v>
       </c>
       <c r="D61" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="E61" t="s">
         <v>49</v>
       </c>
       <c r="F61" t="s">
         <v>50</v>
       </c>
       <c r="G61" t="s">
         <v>51</v>
       </c>
       <c r="H61">
         <v>2016</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="M61" t="s">
         <v>55</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="P61" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B62" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C62" t="s">
         <v>47</v>
       </c>
       <c r="D62" t="s">
-        <v>362</v>
+        <v>19</v>
       </c>
       <c r="E62" t="s">
         <v>49</v>
       </c>
       <c r="F62" t="s">
         <v>50</v>
       </c>
       <c r="G62" t="s">
         <v>51</v>
       </c>
       <c r="H62">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="M62" t="s">
         <v>55</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="P62" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B63" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C63" t="s">
         <v>47</v>
       </c>
       <c r="D63" t="s">
-        <v>19</v>
+        <v>369</v>
       </c>
       <c r="E63" t="s">
         <v>49</v>
       </c>
       <c r="F63" t="s">
         <v>50</v>
       </c>
       <c r="G63" t="s">
         <v>51</v>
       </c>
       <c r="H63">
         <v>2015</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="M63" t="s">
         <v>55</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="P63" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B64" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C64" t="s">
         <v>47</v>
       </c>
       <c r="D64" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="E64" t="s">
         <v>49</v>
       </c>
       <c r="F64" t="s">
         <v>50</v>
       </c>
       <c r="G64" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H64">
+        <v>2008</v>
+      </c>
+      <c r="I64">
         <v>2015</v>
       </c>
-      <c r="I64"/>
       <c r="J64" t="s">
-        <v>341</v>
+        <v>52</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
-      <c r="L64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L64"/>
       <c r="M64" t="s">
         <v>55</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="P64" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B65" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C65" t="s">
         <v>47</v>
       </c>
       <c r="D65" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="E65" t="s">
         <v>49</v>
       </c>
       <c r="F65" t="s">
         <v>50</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I65">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J65" t="s">
         <v>52</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
-      <c r="L65"/>
+      <c r="L65" t="s">
+        <v>381</v>
+      </c>
       <c r="M65" t="s">
         <v>55</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="P65" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B66" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="C66" t="s">
         <v>47</v>
       </c>
       <c r="D66" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="E66" t="s">
         <v>49</v>
       </c>
       <c r="F66" t="s">
         <v>50</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I66">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J66" t="s">
         <v>52</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="M66" t="s">
         <v>55</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="P66" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="B67" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C67" t="s">
         <v>47</v>
       </c>
       <c r="D67" t="s">
-        <v>390</v>
+        <v>106</v>
       </c>
       <c r="E67" t="s">
         <v>49</v>
       </c>
       <c r="F67" t="s">
         <v>50</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I67">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J67" t="s">
         <v>52</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
-      <c r="L67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L67"/>
       <c r="M67" t="s">
         <v>55</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
         <v>392</v>
       </c>
       <c r="P67" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>394</v>
       </c>
       <c r="B68" t="s">
         <v>395</v>
       </c>
       <c r="C68" t="s">
         <v>47</v>
       </c>
       <c r="D68" t="s">
         <v>106</v>
       </c>
       <c r="E68" t="s">
         <v>49</v>
       </c>
       <c r="F68" t="s">
-        <v>50</v>
+        <v>176</v>
       </c>
       <c r="G68" t="s">
-        <v>22</v>
+        <v>396</v>
       </c>
       <c r="H68">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I68"/>
       <c r="J68" t="s">
         <v>52</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
         <v>55</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="P68" t="s">
-        <v>337</v>
+        <v>398</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B69" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C69" t="s">
         <v>47</v>
       </c>
       <c r="D69" t="s">
         <v>125</v>
       </c>
       <c r="E69" t="s">
         <v>49</v>
       </c>
       <c r="F69" t="s">
         <v>50</v>
       </c>
       <c r="G69" t="s">
         <v>51</v>
       </c>
       <c r="H69">
         <v>2019</v>
       </c>
       <c r="I69">
         <v>2020</v>
       </c>
       <c r="J69" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="M69" t="s">
         <v>55</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="P69" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B70" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C70" t="s">
         <v>47</v>
       </c>
       <c r="D70" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="E70" t="s">
         <v>49</v>
       </c>
       <c r="F70" t="s">
         <v>39</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2013</v>
       </c>
       <c r="I70">
         <v>2015</v>
       </c>
       <c r="J70" t="s">
         <v>52</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="M70" t="s">
         <v>55</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="P70" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B71" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C71" t="s">
         <v>47</v>
       </c>
       <c r="D71" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="E71" t="s">
         <v>49</v>
       </c>
       <c r="F71" t="s">
         <v>39</v>
       </c>
       <c r="G71" t="s">
         <v>51</v>
       </c>
       <c r="H71">
         <v>2014</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
         <v>52</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
         <v>55</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="P71" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B72" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C72" t="s">
         <v>18</v>
       </c>
       <c r="D72" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>176</v>
       </c>
       <c r="G72" t="s">
         <v>51</v>
       </c>
       <c r="H72">
         <v>2014</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>61</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="P72" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B73" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C73" t="s">
         <v>135</v>
       </c>
       <c r="D73" t="s">
         <v>60</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>176</v>
       </c>
       <c r="G73" t="s">
         <v>51</v>
       </c>
       <c r="H73">
         <v>2013</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
         <v>61</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="P73" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">