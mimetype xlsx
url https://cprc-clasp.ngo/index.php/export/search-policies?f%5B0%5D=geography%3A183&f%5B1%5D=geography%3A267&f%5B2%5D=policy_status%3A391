--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -12,353 +12,450 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
+  </si>
+  <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -622,837 +719,940 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="128" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="359.769" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="122.542" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1986</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2004</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2002</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
-      </c>
-[...71 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H4">
         <v>2010</v>
       </c>
-      <c r="I4" t="s">
-        <v>37</v>
+      <c r="I4">
+        <v>2010</v>
       </c>
       <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1999</v>
+      </c>
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>38</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2007</v>
+      </c>
+      <c r="I8">
+        <v>2011</v>
+      </c>
+      <c r="J8" t="s">
+        <v>44</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>38</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>44</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
+        <v>38</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2007</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
         <v>33</v>
       </c>
-      <c r="M4" t="s">
-[...281 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>84</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2006</v>
       </c>
-      <c r="I11" t="s">
+      <c r="I11">
+        <v>2006</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>78</v>
+      </c>
+      <c r="N11" t="s">
+        <v>85</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K11"/>
-[...7 lines deleted...]
-        <v>65</v>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2006</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
       </c>
     </row>
-    <row r="12" spans="1:14">
-[...12 lines deleted...]
-      <c r="E12" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
         <v>18</v>
       </c>
-      <c r="F12" t="s">
-[...8 lines deleted...]
-      <c r="I12" t="s">
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J12" t="s">
-[...3 lines deleted...]
-      <c r="L12" t="s">
+      <c r="F13" t="s">
+        <v>84</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
-      </c>
-[...27 lines deleted...]
-        <v>2016</v>
       </c>
       <c r="H13">
         <v>2016</v>
       </c>
-      <c r="I13" t="s">
+      <c r="I13">
+        <v>2016</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>78</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J13" t="s">
+      <c r="F14" t="s">
+        <v>84</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>78</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K13"/>
-[...3 lines deleted...]
-      <c r="M13" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1986</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
         <v>23</v>
       </c>
-      <c r="N13" t="s">
-        <v>71</v>
+      <c r="K15" t="s">
+        <v>106</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>107</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>109</v>
       </c>
     </row>
-    <row r="14" spans="1:14">
-[...24 lines deleted...]
-      <c r="I14" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>98</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>111</v>
+      </c>
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J14" t="s">
-[...8 lines deleted...]
-      <c r="M14" t="s">
+      <c r="F16" t="s">
+        <v>84</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1986</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="N14" t="s">
-        <v>75</v>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>112</v>
+      </c>
+      <c r="P16" t="s">
+        <v>113</v>
       </c>
     </row>
-    <row r="15" spans="1:14">
-[...12 lines deleted...]
-      <c r="E15" t="s">
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" t="s">
         <v>18</v>
       </c>
-      <c r="F15" t="s">
-[...8 lines deleted...]
-      <c r="I15" t="s">
+      <c r="D17" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J15" t="s">
-[...56 lines deleted...]
-      <c r="A17" t="s">
+      <c r="F17" t="s">
         <v>84</v>
       </c>
-      <c r="B17" t="s">
-[...15 lines deleted...]
-        <v>2011</v>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2011</v>
       </c>
-      <c r="I17" t="s">
-        <v>20</v>
+      <c r="I17">
+        <v>2011</v>
       </c>
       <c r="J17" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K17" t="s">
-        <v>86</v>
+        <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>59</v>
+        <v>117</v>
       </c>
       <c r="M17" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="N17" t="s">
-        <v>87</v>
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P17" t="s">
+        <v>119</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>