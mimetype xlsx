--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,443 +12,584 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>Disposition 684|2013</t>
   </si>
   <si>
+    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-se-no-8142013</t>
   </si>
   <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
+  </si>
+  <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -712,1211 +853,1370 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="82" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="127" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="398.617" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="153.248" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4">
+        <v>2010</v>
+      </c>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...18 lines deleted...]
-      <c r="I3" t="s">
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...41 lines deleted...]
-      <c r="J4" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...50 lines deleted...]
-      <c r="N5" t="s">
+      <c r="G6" t="s">
         <v>41</v>
-      </c>
-[...21 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H6">
         <v>2010</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I6">
+        <v>2010</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
-[...3 lines deleted...]
-      <c r="L6" t="s">
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>42</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>42</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>42</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>41</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="M6" t="s">
-[...19 lines deleted...]
-      <c r="E7" t="s">
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7">
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>41</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>88</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>41</v>
+      </c>
+      <c r="H13">
+        <v>1999</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>41</v>
+      </c>
+      <c r="H14">
+        <v>2007</v>
+      </c>
+      <c r="I14">
+        <v>2011</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2019</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>42</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>103</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>104</v>
+      </c>
+      <c r="P15" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B16" t="s">
+        <v>107</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>108</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>109</v>
+      </c>
+      <c r="G16" t="s">
+        <v>41</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
+        <v>2015</v>
+      </c>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>110</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>111</v>
+      </c>
+      <c r="P16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>82</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>109</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>115</v>
+      </c>
+      <c r="P17" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>116</v>
+      </c>
+      <c r="B18" t="s">
+        <v>117</v>
+      </c>
+      <c r="C18" t="s">
+        <v>118</v>
+      </c>
+      <c r="D18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>109</v>
+      </c>
+      <c r="G18" t="s">
+        <v>41</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2018</v>
+      </c>
+      <c r="J18" t="s">
+        <v>119</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>120</v>
+      </c>
+      <c r="M18" t="s">
+        <v>121</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>122</v>
+      </c>
+      <c r="P18" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>124</v>
+      </c>
+      <c r="B19" t="s">
+        <v>125</v>
+      </c>
+      <c r="C19" t="s">
+        <v>118</v>
+      </c>
+      <c r="D19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>109</v>
+      </c>
+      <c r="G19" t="s">
+        <v>41</v>
+      </c>
+      <c r="H19">
         <v>2016</v>
       </c>
-      <c r="H7"/>
-[...38 lines deleted...]
-      <c r="G8">
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>119</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>121</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>127</v>
+      </c>
+      <c r="P19" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>129</v>
+      </c>
+      <c r="B20" t="s">
+        <v>130</v>
+      </c>
+      <c r="C20" t="s">
+        <v>118</v>
+      </c>
+      <c r="D20" t="s">
+        <v>131</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2016</v>
       </c>
-      <c r="H8"/>
-[...119 lines deleted...]
-      <c r="F11" t="s">
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>119</v>
+      </c>
+      <c r="K20" t="s">
         <v>34</v>
       </c>
-      <c r="G11">
-[...5 lines deleted...]
-      <c r="I11" t="s">
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>121</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>132</v>
+      </c>
+      <c r="P20" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>134</v>
+      </c>
+      <c r="B21" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" t="s">
+        <v>118</v>
+      </c>
+      <c r="D21" t="s">
+        <v>136</v>
+      </c>
+      <c r="E21" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
-[...412 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>109</v>
+      </c>
+      <c r="G21" t="s">
+        <v>41</v>
       </c>
       <c r="H21">
         <v>2018</v>
       </c>
-      <c r="I21" t="s">
-        <v>87</v>
+      <c r="I21">
+        <v>2018</v>
       </c>
       <c r="J21" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="N21" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>137</v>
+      </c>
+      <c r="P21" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>100</v>
+        <v>138</v>
       </c>
       <c r="B22" t="s">
-        <v>86</v>
+        <v>139</v>
       </c>
       <c r="C22" t="s">
-        <v>101</v>
+        <v>118</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>140</v>
       </c>
       <c r="E22" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>109</v>
+      </c>
+      <c r="G22" t="s">
+        <v>41</v>
       </c>
       <c r="H22">
         <v>2018</v>
       </c>
-      <c r="I22" t="s">
-        <v>87</v>
+      <c r="I22">
+        <v>2018</v>
       </c>
       <c r="J22" t="s">
-        <v>102</v>
-[...4 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="K22" t="s">
+        <v>141</v>
+      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="N22" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>142</v>
+      </c>
+      <c r="P22" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>104</v>
+        <v>143</v>
       </c>
       <c r="B23" t="s">
-        <v>86</v>
+        <v>144</v>
       </c>
       <c r="C23" t="s">
-        <v>105</v>
+        <v>118</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
       <c r="E23" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
+        <v>109</v>
+      </c>
+      <c r="G23" t="s">
+        <v>41</v>
+      </c>
+      <c r="H23">
+        <v>2007</v>
+      </c>
+      <c r="I23">
+        <v>2018</v>
+      </c>
+      <c r="J23" t="s">
+        <v>119</v>
+      </c>
+      <c r="K23" t="s">
         <v>34</v>
       </c>
-      <c r="G23">
+      <c r="L23" t="s">
+        <v>146</v>
+      </c>
+      <c r="M23" t="s">
+        <v>121</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>147</v>
+      </c>
+      <c r="P23" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>148</v>
+      </c>
+      <c r="B24" t="s">
+        <v>139</v>
+      </c>
+      <c r="C24" t="s">
+        <v>118</v>
+      </c>
+      <c r="D24" t="s">
+        <v>108</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>109</v>
+      </c>
+      <c r="G24" t="s">
+        <v>41</v>
+      </c>
+      <c r="H24">
         <v>2007</v>
       </c>
-      <c r="H23">
+      <c r="I24">
         <v>2018</v>
       </c>
-      <c r="I23" t="s">
-[...34 lines deleted...]
-      <c r="F24" t="s">
+      <c r="J24" t="s">
+        <v>119</v>
+      </c>
+      <c r="K24" t="s">
         <v>34</v>
       </c>
-      <c r="G24">
-[...11 lines deleted...]
-      <c r="K24" t="s">
+      <c r="L24" t="s">
+        <v>149</v>
+      </c>
+      <c r="M24" t="s">
+        <v>121</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>150</v>
+      </c>
+      <c r="P24" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>151</v>
+      </c>
+      <c r="B25" t="s">
+        <v>152</v>
+      </c>
+      <c r="C25" t="s">
+        <v>118</v>
+      </c>
+      <c r="D25" t="s">
+        <v>126</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>109</v>
       </c>
-      <c r="L24" t="s">
-[...25 lines deleted...]
-      <c r="F25" t="s">
+      <c r="G25" t="s">
+        <v>41</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>119</v>
+      </c>
+      <c r="K25" t="s">
         <v>34</v>
       </c>
-      <c r="G25">
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>121</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>153</v>
+      </c>
+      <c r="P25" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>154</v>
+      </c>
+      <c r="B26" t="s">
+        <v>155</v>
+      </c>
+      <c r="C26" t="s">
+        <v>118</v>
+      </c>
+      <c r="D26" t="s">
+        <v>156</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2016</v>
       </c>
-      <c r="H25">
-[...44 lines deleted...]
-      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>29</v>
+        <v>157</v>
       </c>
       <c r="K26" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="L26" t="s">
-        <v>89</v>
+        <v>158</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="N26" t="s">
-        <v>117</v>
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>159</v>
+      </c>
+      <c r="P26" t="s">
+        <v>160</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>