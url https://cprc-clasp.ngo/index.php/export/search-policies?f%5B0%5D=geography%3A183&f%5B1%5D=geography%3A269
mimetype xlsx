--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,258 +104,264 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...194 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -991,1196 +997,1196 @@
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I3"/>
+        <v>2002</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>43</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H5">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I5"/>
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2010</v>
+      </c>
       <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
         <v>42</v>
       </c>
-      <c r="K5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L6"/>
+        <v>42</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>54</v>
       </c>
       <c r="P6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2016</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="L8" t="s">
         <v>65</v>
       </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>66</v>
       </c>
       <c r="P8" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>68</v>
       </c>
       <c r="B9" t="s">
         <v>69</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>70</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2015</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="L9" t="s">
         <v>71</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>72</v>
       </c>
       <c r="P9" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>74</v>
       </c>
       <c r="B10" t="s">
         <v>75</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>76</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
         <v>2015</v>
       </c>
-      <c r="I10"/>
       <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
         <v>42</v>
       </c>
-      <c r="K10" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H11">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I11">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L11"/>
+        <v>42</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>83</v>
       </c>
       <c r="P11" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>85</v>
       </c>
       <c r="B12" t="s">
         <v>86</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>87</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H12">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I12">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J12" t="s">
         <v>23</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L12" t="s">
         <v>88</v>
       </c>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>89</v>
       </c>
       <c r="P12" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>91</v>
       </c>
       <c r="B13" t="s">
         <v>92</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>93</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H13">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I13">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="G14" t="s">
-        <v>41</v>
+        <v>99</v>
       </c>
       <c r="H14">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P14" t="s">
-        <v>36</v>
+        <v>101</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B15" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2019</v>
       </c>
       <c r="I15">
         <v>2020</v>
       </c>
       <c r="J15" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" t="s">
         <v>42</v>
       </c>
-      <c r="K15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L15" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="P15" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B16" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G16" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16">
         <v>2015</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L16" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="P16" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B17" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2014</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="P17" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B18" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C18" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D18" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G18" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H18">
         <v>2013</v>
       </c>
       <c r="I18">
         <v>2018</v>
       </c>
       <c r="J18" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L18" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M18" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="P18" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B19" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C19" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D19" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G19" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H19">
         <v>2016</v>
       </c>
       <c r="I19">
         <v>2019</v>
       </c>
       <c r="J19" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="P19" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B20" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C20" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D20" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>33</v>
+        <v>98</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2016</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="P20" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B21" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C21" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D21" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G21" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H21">
         <v>2018</v>
       </c>
       <c r="I21">
         <v>2018</v>
       </c>
       <c r="J21" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="K21" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="P21" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B22" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C22" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D22" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G22" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H22">
         <v>2018</v>
       </c>
       <c r="I22">
         <v>2018</v>
       </c>
       <c r="J22" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="K22" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="P22" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B23" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C23" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D23" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G23" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H23">
         <v>2007</v>
       </c>
       <c r="I23">
         <v>2018</v>
       </c>
       <c r="J23" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L23" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="M23" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="P23" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B24" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C24" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D24" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G24" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H24">
         <v>2007</v>
       </c>
       <c r="I24">
         <v>2018</v>
       </c>
       <c r="J24" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="K24" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L24" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="M24" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="P24" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B25" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C25" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D25" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G25" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H25">
         <v>2016</v>
       </c>
       <c r="I25">
         <v>2019</v>
       </c>
       <c r="J25" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="K25" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="P25" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B26" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C26" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D26" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>33</v>
+        <v>98</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2016</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="K26" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L26" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="M26" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="P26" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">