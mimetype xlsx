--- v0 (2025-10-12)
+++ v1 (2026-02-25)
@@ -12,443 +12,595 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
+    <t>Sierra Leone</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Sierra Leone Standards Bureau (SLSB)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
+  </si>
+  <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...161 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-se-no-8142013</t>
   </si>
   <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -712,1209 +864,1368 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="181" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="621.563" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="207.521" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2002</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2010</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>42</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>42</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>42</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>42</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
+        <v>1999</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>42</v>
+      </c>
+      <c r="L12" t="s">
+        <v>88</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>34</v>
+      </c>
+      <c r="H13">
+        <v>2007</v>
+      </c>
+      <c r="I13">
+        <v>2011</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>42</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>98</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>100</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2020</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>101</v>
+      </c>
+      <c r="K14" t="s">
+        <v>102</v>
+      </c>
+      <c r="L14" t="s">
+        <v>103</v>
+      </c>
+      <c r="M14" t="s">
+        <v>104</v>
+      </c>
+      <c r="N14" t="s">
+        <v>105</v>
+      </c>
+      <c r="O14" t="s">
+        <v>106</v>
+      </c>
+      <c r="P14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>93</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>110</v>
+      </c>
+      <c r="G15" t="s">
+        <v>111</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>42</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>116</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2019</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>35</v>
+      </c>
+      <c r="K16" t="s">
+        <v>42</v>
+      </c>
+      <c r="L16" t="s">
+        <v>117</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P16" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>120</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>122</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>123</v>
+      </c>
+      <c r="G17" t="s">
+        <v>34</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>42</v>
+      </c>
+      <c r="L17" t="s">
+        <v>124</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>125</v>
+      </c>
+      <c r="P17" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>127</v>
+      </c>
+      <c r="B18" t="s">
+        <v>128</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>123</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>42</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>129</v>
+      </c>
+      <c r="P18" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>130</v>
+      </c>
+      <c r="B19" t="s">
+        <v>131</v>
+      </c>
+      <c r="C19" t="s">
+        <v>132</v>
+      </c>
+      <c r="D19" t="s">
+        <v>122</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>123</v>
+      </c>
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>101</v>
+      </c>
+      <c r="K19" t="s">
+        <v>42</v>
+      </c>
+      <c r="L19" t="s">
+        <v>133</v>
+      </c>
+      <c r="M19" t="s">
+        <v>134</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>135</v>
+      </c>
+      <c r="P19" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>132</v>
+      </c>
+      <c r="D20" t="s">
+        <v>76</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>123</v>
+      </c>
+      <c r="G20" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>101</v>
+      </c>
+      <c r="K20" t="s">
+        <v>42</v>
+      </c>
+      <c r="L20" t="s">
+        <v>139</v>
+      </c>
+      <c r="M20" t="s">
+        <v>134</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>140</v>
+      </c>
+      <c r="P20" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>142</v>
+      </c>
+      <c r="B21" t="s">
+        <v>143</v>
+      </c>
+      <c r="C21" t="s">
+        <v>132</v>
+      </c>
+      <c r="D21" t="s">
+        <v>144</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>123</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>42</v>
+      </c>
+      <c r="L21" t="s">
+        <v>145</v>
+      </c>
+      <c r="M21" t="s">
+        <v>134</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>146</v>
+      </c>
+      <c r="P21" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>148</v>
+      </c>
+      <c r="B22" t="s">
+        <v>149</v>
+      </c>
+      <c r="C22" t="s">
+        <v>132</v>
+      </c>
+      <c r="D22" t="s">
+        <v>58</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>123</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>42</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>134</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>150</v>
+      </c>
+      <c r="P22" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>152</v>
+      </c>
+      <c r="B23" t="s">
+        <v>153</v>
+      </c>
+      <c r="C23" t="s">
+        <v>132</v>
+      </c>
+      <c r="D23" t="s">
+        <v>154</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>123</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2014</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>101</v>
+      </c>
+      <c r="K23" t="s">
+        <v>42</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>134</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>155</v>
+      </c>
+      <c r="P23" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>157</v>
+      </c>
+      <c r="B24" t="s">
+        <v>158</v>
+      </c>
+      <c r="C24" t="s">
+        <v>132</v>
+      </c>
+      <c r="D24" t="s">
+        <v>116</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>123</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24">
         <v>2018</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="J24" t="s">
+        <v>101</v>
+      </c>
+      <c r="K24" t="s">
+        <v>42</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>134</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>159</v>
+      </c>
+      <c r="P24" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>161</v>
+      </c>
+      <c r="B25" t="s">
+        <v>162</v>
+      </c>
+      <c r="C25" t="s">
+        <v>132</v>
+      </c>
+      <c r="D25" t="s">
+        <v>41</v>
+      </c>
+      <c r="E25" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F25" t="s">
+        <v>123</v>
+      </c>
+      <c r="G25" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...29 lines deleted...]
-      <c r="I3" t="s">
+      <c r="K25" t="s">
+        <v>42</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>134</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>163</v>
+      </c>
+      <c r="P25" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>164</v>
+      </c>
+      <c r="B26" t="s">
+        <v>165</v>
+      </c>
+      <c r="C26" t="s">
+        <v>132</v>
+      </c>
+      <c r="D26" t="s">
+        <v>64</v>
+      </c>
+      <c r="E26" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...3 lines deleted...]
-      <c r="L3" t="s">
+      <c r="F26" t="s">
+        <v>123</v>
+      </c>
+      <c r="G26" t="s">
+        <v>34</v>
+      </c>
+      <c r="H26">
+        <v>2016</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...93 lines deleted...]
-      <c r="A6" t="s">
+      <c r="K26" t="s">
         <v>42</v>
       </c>
-      <c r="B6" t="s">
-[...877 lines deleted...]
-      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>134</v>
       </c>
       <c r="N26" t="s">
-        <v>117</v>
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>166</v>
+      </c>
+      <c r="P26" t="s">
+        <v>167</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>