--- v0 (2025-11-11)
+++ v1 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -102,94 +102,76 @@
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
-  </si>
-[...19 lines deleted...]
-    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
     <t>Energy Efficiency (Minimum Energy Efficiency Standards And Energy Labelling) Regulations, 2023</t>
   </si>
   <si>
     <t>This policy regulates minimum energy efficiency standards (MEPS) and label for air-conditioners:
 {a} casement or window type air-conditioner (cooling capacity of 7.1 kW or lower);
 (b} split type non-inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower);
 {c} split type inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower).</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>ISO 5151 
 ,   
                     ISO 15042</t>
   </si>
   <si>
     <t>The Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-minimum-energy-efficiency-standards-and-energy-labelling-regulations</t>
   </si>
   <si>
     <t>https://www.agc.gov.bn/AGC%20Images/LAWS/Gazette_PDF/2023/EN/S%2037_2023%20[E].pdf</t>
   </si>
   <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
     <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
@@ -256,50 +238,53 @@
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Labelling and Standards Task Force of Energy Department, Prime Ministers…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-4</t>
   </si>
   <si>
     <t>http://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/8145.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Perfomance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
     <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
   </si>
   <si>
     <t>Eswatini</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>Eswatini Energy Regulatory Authority (ESERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-perfomance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
     <t>Energy efficiency labelling of household microwave ovens.</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
@@ -394,51 +379,72 @@
   <si>
     <t>Provision No. 257</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -919,902 +925,902 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="H4">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>2002</v>
+      </c>
+      <c r="I4">
+        <v>2010</v>
+      </c>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="M4" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="K5" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="L5" t="s">
         <v>53</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>54</v>
       </c>
       <c r="P5" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E6" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="H6">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
       <c r="J6" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="P6" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
         <v>61</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
         <v>62</v>
       </c>
-      <c r="C7" t="s">
-[...2 lines deleted...]
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>63</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>51</v>
-[...6 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="D8" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="E8" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="F8" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="G8" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L8"/>
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
       <c r="M8" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="P8"/>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B9" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C9" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E9" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="H9"/>
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>79</v>
+        <v>46</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M9" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>82</v>
       </c>
-      <c r="P9"/>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2016</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
         <v>2015</v>
       </c>
-      <c r="I13"/>
       <c r="J13" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>68</v>
+        <v>108</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H14">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I14">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L14"/>
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>109</v>
+      </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H15">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I15">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H16">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I16">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>121</v>
       </c>
       <c r="P16" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>123</v>
       </c>
       <c r="B17" t="s">
         <v>124</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="G17" t="s">
-        <v>51</v>
+        <v>125</v>
       </c>
       <c r="H17">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P17" t="s">
-        <v>36</v>
+        <v>127</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B18" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2019</v>
       </c>
       <c r="I18">
         <v>2020</v>
       </c>
       <c r="J18" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L18" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="P18" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B19" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G19" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H19">
         <v>2013</v>
       </c>
       <c r="I19">
         <v>2015</v>
       </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L19" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="P19" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B20" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2014</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="P20" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">