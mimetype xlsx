--- v0 (2025-12-13)
+++ v1 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="236">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -102,97 +102,79 @@
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
-  </si>
-[...19 lines deleted...]
-    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for air conditioners with the following criteria:
 (a) single-phase;
 (b) non-ducted;
 (c) single-split wall mounted;
 (d) vapor compression air conditioners; and
 (e) with a cooling capacity of up to 7.1 kW</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
@@ -390,50 +372,53 @@
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
 (a) plasma;
 (b) liquid crystal display (LCD);
 (c) light emitting diode (LED);
 (d) cathode ray tube (CRT); and
 (e) any other display type with similar function</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
     <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
@@ -533,50 +518,53 @@
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
   </si>
   <si>
     <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
     <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
@@ -719,78 +707,96 @@
   <si>
     <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
     <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
     <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1271,1794 +1277,1794 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
-      <c r="I4"/>
+      <c r="I4">
+        <v>2025</v>
+      </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2025</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>39</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
         <v>49</v>
-      </c>
-[...40 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>39</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
         <v>56</v>
       </c>
-      <c r="B6" t="s">
+      <c r="P6" t="s">
         <v>57</v>
-      </c>
-[...36 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" t="s">
         <v>60</v>
       </c>
-      <c r="C7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L7" t="s">
         <v>61</v>
       </c>
       <c r="M7" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>62</v>
       </c>
       <c r="P7" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
         <v>64</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
         <v>65</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2025</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>61</v>
+      </c>
+      <c r="M8" t="s">
+        <v>39</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
         <v>66</v>
       </c>
-      <c r="E8" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="P8" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" t="s">
         <v>69</v>
       </c>
-      <c r="B9" t="s">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9">
+        <v>2025</v>
+      </c>
+      <c r="J9" t="s">
+        <v>46</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
         <v>70</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="M9" t="s">
+        <v>39</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
         <v>71</v>
       </c>
-      <c r="E9" t="s">
-[...29 lines deleted...]
-      </c>
       <c r="P9" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
         <v>73</v>
       </c>
-      <c r="B10" t="s">
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>36</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
         <v>74</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="M10" t="s">
+        <v>39</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
         <v>75</v>
       </c>
-      <c r="E10" t="s">
-[...20 lines deleted...]
-      <c r="L10" t="s">
+      <c r="P10" t="s">
         <v>76</v>
-      </c>
-[...10 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B11" t="s">
         <v>78</v>
       </c>
       <c r="C11" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>79</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G11" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H11">
         <v>2013</v>
       </c>
       <c r="I11">
         <v>2024</v>
       </c>
       <c r="J11" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L11" t="s">
         <v>80</v>
       </c>
       <c r="M11" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>81</v>
       </c>
       <c r="P11" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
         <v>83</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
         <v>84</v>
       </c>
-      <c r="C12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G12" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H12">
         <v>2013</v>
       </c>
       <c r="I12">
         <v>2024</v>
       </c>
       <c r="J12" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L12" t="s">
+        <v>85</v>
+      </c>
+      <c r="M12" t="s">
+        <v>39</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
         <v>86</v>
       </c>
-      <c r="M12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P12" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" t="s">
         <v>88</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
         <v>89</v>
       </c>
-      <c r="C13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G13" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H13">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I13">
         <v>2024</v>
       </c>
       <c r="J13" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L13" t="s">
+        <v>90</v>
+      </c>
+      <c r="M13" t="s">
+        <v>39</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
         <v>91</v>
       </c>
-      <c r="M13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P13" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>92</v>
+      </c>
+      <c r="B14" t="s">
         <v>93</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
+        <v>44</v>
+      </c>
+      <c r="D14" t="s">
         <v>94</v>
       </c>
-      <c r="C14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G14" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H14">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I14">
         <v>2024</v>
       </c>
       <c r="J14" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L14" t="s">
+        <v>95</v>
+      </c>
+      <c r="M14" t="s">
+        <v>39</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
         <v>96</v>
       </c>
-      <c r="M14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P14" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" t="s">
         <v>98</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
+        <v>44</v>
+      </c>
+      <c r="D15" t="s">
+        <v>94</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
         <v>99</v>
       </c>
-      <c r="C15" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H15">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>43</v>
+        <v>100</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M15" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P15" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B16" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C16" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>106</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G16" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16">
         <v>2018</v>
       </c>
-      <c r="I16"/>
       <c r="J16" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L16" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="M16" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="P16" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B17" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C17" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>111</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G17" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="H17">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L17" t="s">
         <v>113</v>
       </c>
       <c r="M17" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>114</v>
       </c>
       <c r="P17" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>116</v>
       </c>
       <c r="B18" t="s">
         <v>117</v>
       </c>
       <c r="C18" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>118</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G18" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="H18">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L18" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M18" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P18" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B19" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>123</v>
+        <v>84</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G19" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="H19">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>2015</v>
+      </c>
+      <c r="I19">
+        <v>2018</v>
+      </c>
       <c r="J19" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L19" t="s">
         <v>124</v>
       </c>
       <c r="M19" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>125</v>
       </c>
       <c r="P19" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>127</v>
       </c>
       <c r="B20" t="s">
         <v>128</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G20" t="s">
-        <v>112</v>
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L20" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="M20" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P20" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B21" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>134</v>
+        <v>89</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>135</v>
       </c>
       <c r="H21">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I21"/>
+        <v>2015</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
       <c r="J21" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K21" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L21" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="M21" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P21" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B22" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C22" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D22" t="s">
-        <v>95</v>
+        <v>141</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>41</v>
+        <v>142</v>
       </c>
       <c r="G22" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2015</v>
       </c>
-      <c r="I22">
-[...1 lines deleted...]
-      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K22" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L22" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="M22" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="P22" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B23" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C23" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E23" t="s">
-        <v>20</v>
+        <v>149</v>
       </c>
       <c r="F23" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H23">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I23"/>
+        <v>2002</v>
+      </c>
+      <c r="I23">
+        <v>2010</v>
+      </c>
       <c r="J23" t="s">
-        <v>105</v>
+        <v>150</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="M23" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="P23" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B24" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="E24" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="K24" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="L24" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="M24" t="s">
         <v>26</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="P24" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B25" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E25" t="s">
-        <v>153</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H25">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>2010</v>
+      </c>
+      <c r="I25">
+        <v>2010</v>
+      </c>
       <c r="J25" t="s">
-        <v>154</v>
+        <v>23</v>
       </c>
       <c r="K25" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
         <v>26</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>162</v>
       </c>
       <c r="P25" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B26" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>165</v>
+        <v>118</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>23</v>
+        <v>150</v>
       </c>
       <c r="K26" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L26"/>
+        <v>37</v>
+      </c>
+      <c r="L26" t="s">
+        <v>166</v>
+      </c>
       <c r="M26" t="s">
         <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P26" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B27" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>123</v>
+        <v>171</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2016</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="K27" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L27" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="M27" t="s">
         <v>26</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="P27" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B28" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>175</v>
+        <v>89</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="K28" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L28" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="M28" t="s">
         <v>26</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P28" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B29" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>95</v>
+        <v>182</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="K29" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L29" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="M29" t="s">
         <v>26</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="P29" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>186</v>
+        <v>106</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H30">
+        <v>2008</v>
+      </c>
+      <c r="I30">
         <v>2015</v>
       </c>
-      <c r="I30"/>
       <c r="J30" t="s">
-        <v>154</v>
+        <v>23</v>
       </c>
       <c r="K30" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
         <v>26</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>188</v>
       </c>
       <c r="P30" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>190</v>
       </c>
       <c r="B31" t="s">
         <v>191</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>111</v>
+        <v>192</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H31">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I31">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J31" t="s">
         <v>23</v>
       </c>
       <c r="K31" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L31"/>
+        <v>37</v>
+      </c>
+      <c r="L31" t="s">
+        <v>193</v>
+      </c>
       <c r="M31" t="s">
         <v>26</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="P31" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B32" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H32">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I32">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J32" t="s">
         <v>23</v>
       </c>
       <c r="K32" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L32" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="M32" t="s">
         <v>26</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="P32" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B33" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>202</v>
+        <v>94</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H33">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I33">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J33" t="s">
         <v>23</v>
       </c>
       <c r="K33" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
         <v>26</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>204</v>
       </c>
       <c r="P33" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>206</v>
       </c>
       <c r="B34" t="s">
         <v>207</v>
       </c>
       <c r="C34" t="s">
-        <v>18</v>
+        <v>208</v>
       </c>
       <c r="D34" t="s">
-        <v>32</v>
+        <v>209</v>
       </c>
       <c r="E34" t="s">
-        <v>20</v>
+        <v>149</v>
       </c>
       <c r="F34" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G34" t="s">
-        <v>42</v>
-[...6 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>23</v>
+        <v>211</v>
       </c>
       <c r="K34" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L34"/>
+        <v>37</v>
+      </c>
+      <c r="L34" t="s">
+        <v>212</v>
+      </c>
       <c r="M34" t="s">
-        <v>26</v>
+        <v>213</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="P34" t="s">
-        <v>36</v>
+        <v>215</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="B35" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="C35" t="s">
-        <v>211</v>
+        <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>212</v>
+        <v>94</v>
       </c>
       <c r="E35" t="s">
-        <v>153</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>41</v>
+        <v>142</v>
       </c>
       <c r="G35" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="H35"/>
+        <v>218</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>214</v>
+        <v>23</v>
       </c>
       <c r="K35" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>216</v>
+        <v>26</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="P35" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B36" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2019</v>
       </c>
       <c r="I36">
         <v>2020</v>
       </c>
       <c r="J36" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="K36" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L36" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="M36" t="s">
         <v>26</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="P36" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B37" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G37" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H37">
         <v>2013</v>
       </c>
       <c r="I37">
         <v>2015</v>
       </c>
       <c r="J37" t="s">
         <v>23</v>
       </c>
       <c r="K37" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L37" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="M37" t="s">
         <v>26</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="P37" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B38" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2014</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>23</v>
       </c>
       <c r="K38" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>26</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="P38" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">