--- v0 (2025-12-04)
+++ v1 (2026-02-05)
@@ -12,51 +12,238 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="0"/>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+  <si>
+    <t>Policy</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Geography</t>
+  </si>
+  <si>
+    <t>Products Type</t>
+  </si>
+  <si>
+    <t>Policy Approach</t>
+  </si>
+  <si>
+    <t>Policy Instrument</t>
+  </si>
+  <si>
+    <t>Policy Status</t>
+  </si>
+  <si>
+    <t>Adopted</t>
+  </si>
+  <si>
+    <t>Revised</t>
+  </si>
+  <si>
+    <t>Updated by CLASP</t>
+  </si>
+  <si>
+    <t>Fuel Types</t>
+  </si>
+  <si>
+    <t>Test Method Applied</t>
+  </si>
+  <si>
+    <t>Responsible Agency</t>
+  </si>
+  <si>
+    <t>Related Topics</t>
+  </si>
+  <si>
+    <t>Permalink</t>
+  </si>
+  <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
+  </si>
+  <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
+    <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
+  </si>
+  <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Fans</t>
+  </si>
+  <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>MS 2574:2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>MS IEC 62301:2012, IEC 60705:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-refrigerator</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Television</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
+    <t>MS IEC 62301, IEC 62087</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-television</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+</sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -358,61 +545,421 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A1"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.10" bestFit="true" style="0"/>
+    <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="563.862" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
-  <sheetData/>
+  <sheetData>
+    <row r="1" spans="1:16">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>58</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+  </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>