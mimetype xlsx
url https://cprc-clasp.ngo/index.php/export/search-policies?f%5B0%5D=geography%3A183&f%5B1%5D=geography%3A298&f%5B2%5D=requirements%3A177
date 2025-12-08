--- v0 (2025-10-15)
+++ v1 (2025-12-08)
@@ -12,616 +12,823 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>Disposition 684|2013</t>
   </si>
   <si>
+    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>MELS for Casement and Window Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for casement and window air-conditioners up to 8.8kW.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
+Energy Consumption (EC) per wash in kWh (all clothes dryers)
+- 1 tick: NA
+- 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
+- 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
+- 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
+- 5 tick: Rated capacity x 0.30 ≥ EC
+Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
     <t>MELS for General Lighting</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for the following products:
+- Refrigerators without a freezer up to 900L
+- Refrigerators with a freezer up to 300L
+- Refrigerators with a freezer &gt; 300L to 900L
+- Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-refrigerators</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MELS for Televisions</t>
   </si>
   <si>
+    <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>MELS for Water Heater</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
+  </si>
+  <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MEPS for Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
     <t>MEPS for Three-Phase Induction Motors</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
   </si>
   <si>
     <t>MEPS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
+Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
+where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
+            B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
+            C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
+            D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
+  </si>
+  <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution SE No 814|2013</t>
+  </si>
+  <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-se-no-8142013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -885,1835 +1092,2084 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N41"/>
+  <dimension ref="A1:P41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="607.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...9 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...112 lines deleted...]
-        <v>2010</v>
+      <c r="G5" t="s">
+        <v>42</v>
       </c>
       <c r="H5">
         <v>2010</v>
       </c>
-      <c r="I5" t="s">
-        <v>20</v>
+      <c r="I5">
+        <v>2010</v>
       </c>
       <c r="J5" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="L5" t="s">
         <v>23</v>
       </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>8</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2025</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>70</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>59</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>8</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>57</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>59</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>39</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
         <v>42</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B6" t="s">
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>70</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>59</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>39</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2024</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>70</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>59</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>39</v>
+      </c>
+      <c r="D12" t="s">
+        <v>85</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>57</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>86</v>
+      </c>
+      <c r="M12" t="s">
+        <v>59</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P12" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D13" t="s">
+        <v>55</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>8</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>57</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>90</v>
+      </c>
+      <c r="M13" t="s">
+        <v>59</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>92</v>
+      </c>
+      <c r="B14" t="s">
+        <v>93</v>
+      </c>
+      <c r="C14" t="s">
+        <v>39</v>
+      </c>
+      <c r="D14" t="s">
+        <v>94</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>56</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>57</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>95</v>
+      </c>
+      <c r="M14" t="s">
+        <v>59</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>96</v>
+      </c>
+      <c r="P14" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" t="s">
+        <v>98</v>
+      </c>
+      <c r="C15" t="s">
+        <v>39</v>
+      </c>
+      <c r="D15" t="s">
+        <v>99</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>56</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>57</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>100</v>
+      </c>
+      <c r="M15" t="s">
+        <v>59</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>101</v>
+      </c>
+      <c r="P15" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B16" t="s">
+        <v>103</v>
+      </c>
+      <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
+        <v>104</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2025</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>70</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>59</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>105</v>
+      </c>
+      <c r="P16" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B17" t="s">
+        <v>107</v>
+      </c>
+      <c r="C17" t="s">
+        <v>39</v>
+      </c>
+      <c r="D17" t="s">
+        <v>55</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>42</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2022</v>
+      </c>
+      <c r="J17" t="s">
+        <v>57</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>108</v>
+      </c>
+      <c r="M17" t="s">
+        <v>59</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>109</v>
+      </c>
+      <c r="P17" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>111</v>
+      </c>
+      <c r="B18" t="s">
+        <v>112</v>
+      </c>
+      <c r="C18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D18" t="s">
+        <v>64</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>8</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18">
+        <v>2022</v>
+      </c>
+      <c r="J18" t="s">
+        <v>57</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>113</v>
+      </c>
+      <c r="M18" t="s">
+        <v>59</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>114</v>
+      </c>
+      <c r="P18" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>116</v>
+      </c>
+      <c r="B19" t="s">
+        <v>117</v>
+      </c>
+      <c r="C19" t="s">
+        <v>39</v>
+      </c>
+      <c r="D19" t="s">
+        <v>69</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2025</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>70</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>59</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>118</v>
+      </c>
+      <c r="P19" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>119</v>
+      </c>
+      <c r="B20" t="s">
+        <v>120</v>
+      </c>
+      <c r="C20" t="s">
+        <v>39</v>
+      </c>
+      <c r="D20" t="s">
+        <v>121</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>8</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>57</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>122</v>
+      </c>
+      <c r="M20" t="s">
+        <v>59</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>123</v>
+      </c>
+      <c r="P20" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>124</v>
+      </c>
+      <c r="B21" t="s">
+        <v>125</v>
+      </c>
+      <c r="C21" t="s">
+        <v>39</v>
+      </c>
+      <c r="D21" t="s">
+        <v>74</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>8</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21">
+        <v>2024</v>
+      </c>
+      <c r="J21" t="s">
+        <v>70</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>59</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>126</v>
+      </c>
+      <c r="P21" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>127</v>
+      </c>
+      <c r="B22" t="s">
+        <v>128</v>
+      </c>
+      <c r="C22" t="s">
+        <v>39</v>
+      </c>
+      <c r="D22" t="s">
+        <v>81</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>56</v>
+      </c>
+      <c r="H22">
+        <v>2024</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>70</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>59</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>129</v>
+      </c>
+      <c r="P22" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>130</v>
+      </c>
+      <c r="B23" t="s">
+        <v>131</v>
+      </c>
+      <c r="C23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D23" t="s">
+        <v>85</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>33</v>
+      </c>
+      <c r="G23" t="s">
+        <v>42</v>
+      </c>
+      <c r="H23">
+        <v>2011</v>
+      </c>
+      <c r="I23">
+        <v>2022</v>
+      </c>
+      <c r="J23" t="s">
+        <v>57</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>132</v>
+      </c>
+      <c r="M23" t="s">
+        <v>59</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>133</v>
+      </c>
+      <c r="P23" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>134</v>
+      </c>
+      <c r="B24" t="s">
+        <v>135</v>
+      </c>
+      <c r="C24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D24" t="s">
+        <v>85</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>33</v>
+      </c>
+      <c r="G24" t="s">
+        <v>42</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2025</v>
+      </c>
+      <c r="J24" t="s">
+        <v>70</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>59</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>136</v>
+      </c>
+      <c r="P24" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>137</v>
+      </c>
+      <c r="B25" t="s">
+        <v>138</v>
+      </c>
+      <c r="C25" t="s">
+        <v>39</v>
+      </c>
+      <c r="D25" t="s">
+        <v>55</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>8</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2022</v>
+      </c>
+      <c r="J25" t="s">
+        <v>57</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>139</v>
+      </c>
+      <c r="M25" t="s">
+        <v>59</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>140</v>
+      </c>
+      <c r="P25" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>141</v>
+      </c>
+      <c r="B26" t="s">
+        <v>142</v>
+      </c>
+      <c r="C26" t="s">
+        <v>39</v>
+      </c>
+      <c r="D26" t="s">
+        <v>55</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>42</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26">
+        <v>2025</v>
+      </c>
+      <c r="J26" t="s">
+        <v>70</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>59</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>143</v>
+      </c>
+      <c r="P26" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>144</v>
+      </c>
+      <c r="B27" t="s">
+        <v>145</v>
+      </c>
+      <c r="C27" t="s">
+        <v>39</v>
+      </c>
+      <c r="D27" t="s">
+        <v>94</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>70</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>59</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>146</v>
+      </c>
+      <c r="P27" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>147</v>
+      </c>
+      <c r="B28" t="s">
+        <v>148</v>
+      </c>
+      <c r="C28" t="s">
+        <v>39</v>
+      </c>
+      <c r="D28" t="s">
+        <v>149</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" t="s">
+        <v>56</v>
+      </c>
+      <c r="H28">
+        <v>2018</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>57</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>150</v>
+      </c>
+      <c r="M28" t="s">
+        <v>59</v>
+      </c>
+      <c r="N28" t="s">
+        <v>151</v>
+      </c>
+      <c r="O28" t="s">
+        <v>152</v>
+      </c>
+      <c r="P28" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>153</v>
+      </c>
+      <c r="B29" t="s">
+        <v>154</v>
+      </c>
+      <c r="C29" t="s">
+        <v>39</v>
+      </c>
+      <c r="D29" t="s">
+        <v>99</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" t="s">
+        <v>56</v>
+      </c>
+      <c r="H29">
+        <v>2021</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>57</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>155</v>
+      </c>
+      <c r="M29" t="s">
+        <v>59</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>156</v>
+      </c>
+      <c r="P29" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>157</v>
+      </c>
+      <c r="B30" t="s">
+        <v>158</v>
+      </c>
+      <c r="C30" t="s">
+        <v>39</v>
+      </c>
+      <c r="D30" t="s">
+        <v>104</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2025</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>70</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>59</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>159</v>
+      </c>
+      <c r="P30" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>160</v>
+      </c>
+      <c r="B31" t="s">
+        <v>161</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>162</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2016</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>163</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>164</v>
+      </c>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>165</v>
+      </c>
+      <c r="P31" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>167</v>
+      </c>
+      <c r="B32" t="s">
+        <v>168</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>169</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2016</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>163</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>170</v>
+      </c>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>171</v>
+      </c>
+      <c r="P32" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>173</v>
+      </c>
+      <c r="B33" t="s">
+        <v>174</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>94</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2015</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>163</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>175</v>
+      </c>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>176</v>
+      </c>
+      <c r="P33" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>178</v>
+      </c>
+      <c r="B34" t="s">
+        <v>179</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>180</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2015</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>163</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>181</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>182</v>
+      </c>
+      <c r="P34" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>184</v>
+      </c>
+      <c r="B35" t="s">
+        <v>185</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>55</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>42</v>
+      </c>
+      <c r="H35">
+        <v>2008</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>186</v>
+      </c>
+      <c r="P35" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>188</v>
+      </c>
+      <c r="B36" t="s">
+        <v>189</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>190</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>42</v>
+      </c>
+      <c r="H36">
+        <v>2011</v>
+      </c>
+      <c r="I36">
+        <v>2014</v>
+      </c>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>191</v>
+      </c>
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>192</v>
+      </c>
+      <c r="P36" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>194</v>
+      </c>
+      <c r="B37" t="s">
+        <v>195</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>196</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>42</v>
+      </c>
+      <c r="H37">
+        <v>1999</v>
+      </c>
+      <c r="I37">
+        <v>2012</v>
+      </c>
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>197</v>
+      </c>
+      <c r="M37" t="s">
+        <v>26</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>198</v>
+      </c>
+      <c r="P37" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>200</v>
+      </c>
+      <c r="B38" t="s">
+        <v>201</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
         <v>32</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>42</v>
+      </c>
+      <c r="H38">
+        <v>2007</v>
+      </c>
+      <c r="I38">
+        <v>2011</v>
+      </c>
+      <c r="J38" t="s">
+        <v>23</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>26</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>202</v>
+      </c>
+      <c r="P38" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>203</v>
+      </c>
+      <c r="B39" t="s">
+        <v>204</v>
+      </c>
+      <c r="C39" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6">
+      <c r="D39" t="s">
+        <v>205</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2019</v>
+      </c>
+      <c r="I39">
+        <v>2020</v>
+      </c>
+      <c r="J39" t="s">
+        <v>163</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>206</v>
+      </c>
+      <c r="M39" t="s">
+        <v>26</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>207</v>
+      </c>
+      <c r="P39" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>209</v>
+      </c>
+      <c r="B40" t="s">
+        <v>210</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>211</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>41</v>
+      </c>
+      <c r="G40" t="s">
+        <v>42</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40">
+        <v>2015</v>
+      </c>
+      <c r="J40" t="s">
+        <v>23</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
+        <v>212</v>
+      </c>
+      <c r="M40" t="s">
+        <v>26</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>213</v>
+      </c>
+      <c r="P40" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>215</v>
+      </c>
+      <c r="B41" t="s">
+        <v>216</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>55</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>41</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2014</v>
       </c>
-      <c r="I6" t="s">
-[...1058 lines deleted...]
-      <c r="L31" t="s">
+      <c r="I41"/>
+      <c r="J41" t="s">
         <v>23</v>
       </c>
-      <c r="M31" t="s">
-[...424 lines deleted...]
-      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N41" t="s">
-        <v>160</v>
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>217</v>
+      </c>
+      <c r="P41" t="s">
+        <v>187</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>