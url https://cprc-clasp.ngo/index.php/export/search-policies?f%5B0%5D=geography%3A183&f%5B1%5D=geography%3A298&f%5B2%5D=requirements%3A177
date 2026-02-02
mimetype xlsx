--- v1 (2025-12-08)
+++ v2 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,90 +104,72 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...8 lines deleted...]
-    <t>Minimum Performance Standard</t>
+    <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
+    <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
-  </si>
-[...25 lines deleted...]
-    <t>October 2022</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
     <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
   </si>
@@ -238,75 +220,78 @@
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -355,66 +340,69 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
   </si>
   <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
@@ -456,156 +444,156 @@
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
     <t>Energy efficiency labelling of household microwave ovens.</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
@@ -699,51 +687,69 @@
   <si>
     <t>Provision No. 257</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1224,1916 +1230,1918 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H3"/>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-      <c r="I4"/>
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2010</v>
+      </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
         <v>45</v>
       </c>
-      <c r="N4" t="s">
-[...2 lines deleted...]
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
         <v>48</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="H5">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="I5">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K5" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L5"/>
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
       <c r="M5" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="P5" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="H6">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I6">
         <v>2014</v>
       </c>
       <c r="J6" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M6" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>60</v>
       </c>
       <c r="P6" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
         <v>62</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H7">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>53</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
         <v>65</v>
       </c>
-      <c r="M7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
         <v>67</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H8">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I8"/>
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
       <c r="J8" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="P8" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
         <v>72</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="H9">
         <v>2015</v>
       </c>
       <c r="I9">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="J9" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
         <v>76</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H10"/>
       <c r="I10">
         <v>2024</v>
       </c>
       <c r="J10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="P10" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
         <v>79</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H11">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="I11"/>
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
       <c r="J11" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L11"/>
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
       <c r="M11" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>82</v>
       </c>
       <c r="P11" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>83</v>
       </c>
       <c r="B12" t="s">
         <v>84</v>
       </c>
       <c r="C12" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>85</v>
+        <v>49</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12">
         <v>2014</v>
       </c>
       <c r="J12" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L12" t="s">
+        <v>85</v>
+      </c>
+      <c r="M12" t="s">
+        <v>53</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
         <v>86</v>
       </c>
-      <c r="M12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P12" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" t="s">
         <v>88</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="H13">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I13">
         <v>2014</v>
       </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L13" t="s">
         <v>90</v>
       </c>
       <c r="M13" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>91</v>
       </c>
       <c r="P13" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>92</v>
       </c>
       <c r="B14" t="s">
         <v>93</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>94</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="H14">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L14" t="s">
         <v>95</v>
       </c>
       <c r="M14" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>96</v>
       </c>
       <c r="P14" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>97</v>
       </c>
       <c r="B15" t="s">
         <v>98</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
         <v>99</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="H15">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>53</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
         <v>100</v>
       </c>
-      <c r="M15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P15" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B16" t="s">
         <v>102</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>49</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>103</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2022</v>
+      </c>
+      <c r="J16" t="s">
+        <v>51</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
         <v>104</v>
       </c>
-      <c r="E16" t="s">
-[...18 lines deleted...]
-      <c r="L16"/>
       <c r="M16" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>105</v>
       </c>
       <c r="P16" t="s">
-        <v>61</v>
+        <v>106</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="G17" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="H17">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="I17">
         <v>2022</v>
       </c>
       <c r="J17" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M17" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
+        <v>63</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>103</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2025</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
         <v>64</v>
       </c>
-      <c r="E18" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K18" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>114</v>
       </c>
       <c r="P18" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>115</v>
+      </c>
+      <c r="B19" t="s">
         <v>116</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
         <v>117</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>103</v>
+      </c>
+      <c r="G19" t="s">
         <v>69</v>
       </c>
-      <c r="E19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H19">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>2015</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
       <c r="J19" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L19"/>
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>118</v>
+      </c>
       <c r="M19" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P19" t="s">
-        <v>115</v>
+        <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B20" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C20" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>121</v>
+        <v>68</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="G20" t="s">
         <v>8</v>
       </c>
       <c r="H20">
         <v>2015</v>
       </c>
       <c r="I20">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="J20" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>53</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
         <v>122</v>
       </c>
-      <c r="M20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P20" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>123</v>
+      </c>
+      <c r="B21" t="s">
         <v>124</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="G21" t="s">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="H21">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I21">
         <v>2024</v>
       </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="K21" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="P21" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>126</v>
+      </c>
+      <c r="B22" t="s">
         <v>127</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
+        <v>32</v>
+      </c>
+      <c r="D22" t="s">
+        <v>80</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>103</v>
+      </c>
+      <c r="G22" t="s">
+        <v>69</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22">
+        <v>2022</v>
+      </c>
+      <c r="J22" t="s">
+        <v>51</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
         <v>128</v>
       </c>
-      <c r="C22" t="s">
-[...24 lines deleted...]
-      <c r="L22"/>
       <c r="M22" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>129</v>
       </c>
       <c r="P22" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>130</v>
       </c>
       <c r="B23" t="s">
         <v>131</v>
       </c>
       <c r="C23" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="G23" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="H23">
         <v>2011</v>
       </c>
       <c r="I23">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="J23" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>53</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
         <v>132</v>
       </c>
-      <c r="M23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P23" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>133</v>
+      </c>
+      <c r="B24" t="s">
         <v>134</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>85</v>
+        <v>49</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="G24" t="s">
-        <v>42</v>
+        <v>69</v>
       </c>
       <c r="H24">
         <v>2011</v>
       </c>
       <c r="I24">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="J24" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="K24" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L24"/>
+        <v>37</v>
+      </c>
+      <c r="L24" t="s">
+        <v>135</v>
+      </c>
       <c r="M24" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>136</v>
       </c>
       <c r="P24" t="s">
-        <v>115</v>
+        <v>106</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>137</v>
       </c>
       <c r="B25" t="s">
         <v>138</v>
       </c>
       <c r="C25" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="G25" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="H25">
         <v>2011</v>
       </c>
       <c r="I25">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="J25" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="K25" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>53</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
         <v>139</v>
       </c>
-      <c r="M25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P25" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>140</v>
+      </c>
+      <c r="B26" t="s">
         <v>141</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>55</v>
+        <v>89</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="G26" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="K26" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="P26" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>143</v>
+      </c>
+      <c r="B27" t="s">
         <v>144</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
+        <v>32</v>
+      </c>
+      <c r="D27" t="s">
         <v>145</v>
       </c>
-      <c r="C27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H27"/>
+        <v>50</v>
+      </c>
+      <c r="H27">
+        <v>2018</v>
+      </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="K27" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L27"/>
+        <v>37</v>
+      </c>
+      <c r="L27" t="s">
+        <v>146</v>
+      </c>
       <c r="M27" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="N27" t="s">
-        <v>27</v>
+        <v>147</v>
       </c>
       <c r="O27" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="P27" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B28" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C28" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D28" t="s">
-        <v>149</v>
+        <v>94</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="G28" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="H28">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="K28" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M28" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="N28" t="s">
-        <v>151</v>
+        <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>152</v>
       </c>
       <c r="P28" t="s">
-        <v>115</v>
+        <v>106</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>153</v>
       </c>
       <c r="B29" t="s">
         <v>154</v>
       </c>
       <c r="C29" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D29" t="s">
         <v>99</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="G29" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H29">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="K29" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L29" t="s">
+        <v>37</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>53</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
         <v>155</v>
       </c>
-      <c r="M29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P29" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>156</v>
+      </c>
+      <c r="B30" t="s">
         <v>157</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
         <v>158</v>
       </c>
-      <c r="C30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2025</v>
+        <v>2016</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>70</v>
+        <v>159</v>
       </c>
       <c r="K30" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L30"/>
+        <v>37</v>
+      </c>
+      <c r="L30" t="s">
+        <v>160</v>
+      </c>
       <c r="M30" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="P30" t="s">
-        <v>115</v>
+        <v>162</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B31" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2016</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="K31" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L31" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="M31" t="s">
         <v>26</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="P31" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B32" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>169</v>
+        <v>89</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="K32" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L32" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="M32" t="s">
         <v>26</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P32" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B33" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>94</v>
+        <v>176</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2015</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="K33" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L33" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="M33" t="s">
         <v>26</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="P33" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B34" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>180</v>
+        <v>49</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H34">
+        <v>2008</v>
+      </c>
+      <c r="I34">
         <v>2015</v>
       </c>
-      <c r="I34"/>
       <c r="J34" t="s">
-        <v>163</v>
+        <v>23</v>
       </c>
       <c r="K34" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
         <v>26</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>182</v>
       </c>
       <c r="P34" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>184</v>
       </c>
       <c r="B35" t="s">
         <v>185</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>55</v>
+        <v>186</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H35">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I35">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J35" t="s">
         <v>23</v>
       </c>
       <c r="K35" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L35"/>
+        <v>37</v>
+      </c>
+      <c r="L35" t="s">
+        <v>187</v>
+      </c>
       <c r="M35" t="s">
         <v>26</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="P35" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B36" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H36">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I36">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J36" t="s">
         <v>23</v>
       </c>
       <c r="K36" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L36" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="M36" t="s">
         <v>26</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="P36" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B37" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H37">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I37">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J37" t="s">
         <v>23</v>
       </c>
       <c r="K37" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
         <v>26</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P37" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B38" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>32</v>
+        <v>198</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>21</v>
+        <v>103</v>
       </c>
       <c r="G38" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="H38">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
         <v>23</v>
       </c>
       <c r="K38" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>26</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P38" t="s">
-        <v>36</v>
+        <v>204</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B39" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2019</v>
       </c>
       <c r="I39">
         <v>2020</v>
       </c>
       <c r="J39" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="K39" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L39" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="M39" t="s">
         <v>26</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="P39" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B40" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G40" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="H40">
         <v>2013</v>
       </c>
       <c r="I40">
         <v>2015</v>
       </c>
       <c r="J40" t="s">
         <v>23</v>
       </c>
       <c r="K40" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L40" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="M40" t="s">
         <v>26</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="P40" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B41" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2014</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>23</v>
       </c>
       <c r="K41" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
         <v>26</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="P41" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">