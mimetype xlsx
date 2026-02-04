--- v0 (2025-12-04)
+++ v1 (2026-02-04)
@@ -12,51 +12,163 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="0"/>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+  <si>
+    <t>Policy</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Geography</t>
+  </si>
+  <si>
+    <t>Products Type</t>
+  </si>
+  <si>
+    <t>Policy Approach</t>
+  </si>
+  <si>
+    <t>Policy Instrument</t>
+  </si>
+  <si>
+    <t>Policy Status</t>
+  </si>
+  <si>
+    <t>Adopted</t>
+  </si>
+  <si>
+    <t>Revised</t>
+  </si>
+  <si>
+    <t>Updated by CLASP</t>
+  </si>
+  <si>
+    <t>Fuel Types</t>
+  </si>
+  <si>
+    <t>Test Method Applied</t>
+  </si>
+  <si>
+    <t>Responsible Agency</t>
+  </si>
+  <si>
+    <t>Related Topics</t>
+  </si>
+  <si>
+    <t>Permalink</t>
+  </si>
+  <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
+  </si>
+  <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
+  </si>
+  <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
+    <t>TCVN 9536:2012 Television sets - energy efficiency</t>
+  </si>
+  <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+</sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -358,61 +470,223 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A1"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.10" bestFit="true" style="0"/>
+    <col min="1" max="1" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="430.466" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="88.407" bestFit="true" customWidth="true" style="0"/>
   </cols>
-  <sheetData/>
+  <sheetData>
+    <row r="1" spans="1:16">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+  </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>