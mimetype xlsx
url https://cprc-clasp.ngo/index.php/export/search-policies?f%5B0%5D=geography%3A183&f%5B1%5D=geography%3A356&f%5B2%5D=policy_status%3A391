--- v0 (2025-10-13)
+++ v1 (2026-02-06)
@@ -12,846 +12,1107 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="246">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="330">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Air Conditioners</t>
   </si>
   <si>
+    <t>Air-conditioners of rated cooling power consumption of not more than 7,500W and the rated cooling capacity of not more than 23,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>KS C 9306-2002</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Electric washing machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersed in the washing water, the mechanical action being produced by a device moving, which are defined the agitator washing machine, and impeller washing machine with the rated capacity of 2 kg–20 kg</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-washing-machines</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Commercial Refrigerators</t>
   </si>
   <si>
+    <t>Commercial electric refrigerator-freezer of storage volume 300L-2000L withthe cooling system of less 1000W electric power consumption by KS C ISO15502. Exclude the freezer only, the showcase, the table type, and the specifiedtype.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>KS C ISO 15502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-commercial-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerators and refrigerator-freezers of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-refrigerators</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/6501-energy-efficiency-labelling-and-standard-for-refrigerator</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
+  </si>
+  <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
-    <t>Voluntary</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
-    <t>Oil</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+    <t>Centrifugal and Turbo Blowers</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
-[...1 lines deleted...]
-  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
+    <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-associated-ballasts</t>
   </si>
   <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dishwashers</t>
   </si>
   <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-stove</t>
   </si>
   <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
+    <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
+  </si>
+  <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps-ballast</t>
   </si>
   <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps</t>
   </si>
   <si>
+    <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerator</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer</t>
   </si>
   <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>MEPS for Washing Machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersedin the washing water, the mechanical action being produced by a device moving,which are defined the agitator washing machine, and impeller washing machinewith the rated capacity of 2 kg-20kg</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-washing-machines</t>
   </si>
   <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
   </si>
   <si>
+    <t>This regulation revised energy efficiency grade labels for electric range. Products in scope include electric ranges with a rated input voltage of single-phase AC 220V, a rated frequency of 60Hz, and a rated power consumption between 1kW and 10kW.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60350
 ,   
                     K 60335-2-6
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Rice Cooker</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grades and labeling for electric rice cooker, pursuant to Article 15 of the Energy Use Rationalization Act. Products in scope include electric rice cookers with a rated voltage of 220 V with a single-phase alternating current, and electric rice cookers with a rated voltage of 220 V and an electric warmer.</t>
   </si>
   <si>
     <t>KS A 0006
 ,   
                     KS Q 5002
 ,   
                     KS A 0078
 ,   
                     KS A 0511
 ,   
                     KS C 9310
 ,   
                     KS C 9312
 ,   
                     KS G 3602
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1115,3285 +1376,3732 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N74"/>
+  <dimension ref="A1:P74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="148" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="794.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1993</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2009</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G3" t="s">
+        <v>22</v>
       </c>
       <c r="H3">
         <v>2012</v>
       </c>
-      <c r="I3" t="s">
-        <v>28</v>
+      <c r="I3">
+        <v>2012</v>
       </c>
       <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...6 lines deleted...]
-      <c r="N3" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2000</v>
+      </c>
+      <c r="I4">
+        <v>2009</v>
+      </c>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...27 lines deleted...]
-      <c r="J4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G5" t="s">
+        <v>22</v>
       </c>
       <c r="H5">
         <v>2012</v>
       </c>
-      <c r="I5" t="s">
-        <v>36</v>
+      <c r="I5">
+        <v>2012</v>
       </c>
       <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-      <c r="L5" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2000</v>
+      </c>
+      <c r="I6">
+        <v>2009</v>
+      </c>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>39</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>49</v>
+      </c>
+      <c r="P6" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1992</v>
+      </c>
+      <c r="I7">
+        <v>2016</v>
+      </c>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="M5" t="s">
-[...34 lines deleted...]
-      <c r="J6" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>53</v>
+      </c>
+      <c r="P7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>54</v>
+      </c>
+      <c r="B8" t="s">
+        <v>55</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...74 lines deleted...]
-        <v>2012</v>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2012</v>
       </c>
-      <c r="I8" t="s">
-        <v>28</v>
+      <c r="I8">
+        <v>2012</v>
       </c>
       <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>57</v>
+      </c>
+      <c r="P8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>58</v>
+      </c>
+      <c r="B9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>60</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-[...29 lines deleted...]
-      <c r="G9">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2010</v>
       </c>
-      <c r="H9">
+      <c r="I9">
         <v>2015</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="K9" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="L9" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>63</v>
+      </c>
+      <c r="P9" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="B10" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="C10" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2010</v>
       </c>
-      <c r="I10" t="s">
+      <c r="I10">
+        <v>2010</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>67</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>68</v>
+      </c>
+      <c r="P10" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>69</v>
+      </c>
+      <c r="B11" t="s">
+        <v>70</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>71</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J10" t="s">
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...2 lines deleted...]
-      <c r="L10" t="s">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2002</v>
+      </c>
+      <c r="I11">
+        <v>2010</v>
+      </c>
+      <c r="J11" t="s">
+        <v>33</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>72</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>73</v>
+      </c>
+      <c r="P11" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>74</v>
+      </c>
+      <c r="B12" t="s">
+        <v>75</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>76</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1994</v>
+      </c>
+      <c r="I12">
+        <v>2003</v>
+      </c>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="M10" t="s">
-[...28 lines deleted...]
-      <c r="H11">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>77</v>
+      </c>
+      <c r="P12" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>78</v>
+      </c>
+      <c r="B13" t="s">
+        <v>79</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>80</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2000</v>
+      </c>
+      <c r="I13">
         <v>2010</v>
       </c>
-      <c r="I11" t="s">
-[...2 lines deleted...]
-      <c r="J11" t="s">
+      <c r="J13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K13" t="s">
+        <v>61</v>
+      </c>
+      <c r="L13" t="s">
+        <v>81</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>82</v>
+      </c>
+      <c r="P13" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>83</v>
+      </c>
+      <c r="B14" t="s">
+        <v>84</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>85</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...2 lines deleted...]
-      <c r="L11" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1996</v>
+      </c>
+      <c r="I14">
+        <v>2009</v>
+      </c>
+      <c r="J14" t="s">
         <v>23</v>
       </c>
-      <c r="M11" t="s">
-[...31 lines deleted...]
-      <c r="I12" t="s">
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>86</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>87</v>
+      </c>
+      <c r="P14" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>83</v>
+      </c>
+      <c r="B15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>88</v>
+      </c>
+      <c r="E15" t="s">
         <v>20</v>
       </c>
-      <c r="J12" t="s">
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K12"/>
-      <c r="L12" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1997</v>
+      </c>
+      <c r="I15">
+        <v>2009</v>
+      </c>
+      <c r="J15" t="s">
         <v>23</v>
       </c>
-      <c r="M12" t="s">
-[...40 lines deleted...]
-      <c r="L13" t="s">
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>89</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>90</v>
+      </c>
+      <c r="P15" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>91</v>
+      </c>
+      <c r="B16" t="s">
+        <v>92</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>66</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1992</v>
+      </c>
+      <c r="I16">
+        <v>2009</v>
+      </c>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="M13" t="s">
-[...7 lines deleted...]
-      <c r="A14" t="s">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
         <v>67</v>
       </c>
-      <c r="B14" t="s">
-[...20 lines deleted...]
-      <c r="I14" t="s">
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>93</v>
+      </c>
+      <c r="P16" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>95</v>
+      </c>
+      <c r="B17" t="s">
+        <v>96</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>97</v>
+      </c>
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J14" t="s">
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K14" t="s">
-[...120 lines deleted...]
-        <v>2010</v>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2010</v>
       </c>
-      <c r="I17" t="s">
-        <v>28</v>
+      <c r="I17">
+        <v>2010</v>
       </c>
       <c r="J17" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L17" t="s">
+        <v>33</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>98</v>
+      </c>
+      <c r="P17" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>99</v>
+      </c>
+      <c r="B18" t="s">
+        <v>100</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>80</v>
+      </c>
+      <c r="E18" t="s">
+        <v>101</v>
+      </c>
+      <c r="F18" t="s">
+        <v>102</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1996</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
+      <c r="J18" t="s">
+        <v>33</v>
+      </c>
+      <c r="K18" t="s">
+        <v>103</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>104</v>
+      </c>
+      <c r="P18" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>99</v>
+      </c>
+      <c r="B19" t="s">
+        <v>106</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>80</v>
+      </c>
+      <c r="E19" t="s">
+        <v>101</v>
+      </c>
+      <c r="F19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1996</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>33</v>
+      </c>
+      <c r="K19" t="s">
+        <v>103</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>107</v>
+      </c>
+      <c r="P19" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>99</v>
+      </c>
+      <c r="B20" t="s">
+        <v>108</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>109</v>
+      </c>
+      <c r="E20" t="s">
+        <v>101</v>
+      </c>
+      <c r="F20" t="s">
+        <v>102</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
         <v>23</v>
       </c>
-      <c r="M17" t="s">
-[...97 lines deleted...]
-      <c r="C20" t="s">
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>110</v>
+      </c>
+      <c r="P20" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>99</v>
+      </c>
+      <c r="B21" t="s">
+        <v>112</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
         <v>85</v>
       </c>
-      <c r="D20" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>102</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
-      <c r="I21" t="s">
-        <v>28</v>
+      <c r="I21">
+        <v>2012</v>
       </c>
       <c r="J21" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L21" t="s">
         <v>23</v>
       </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N21" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>113</v>
+      </c>
+      <c r="P21" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>79</v>
+        <v>99</v>
       </c>
       <c r="B22" t="s">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="C22" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>81</v>
+        <v>115</v>
       </c>
       <c r="E22" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>102</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
-      <c r="I22" t="s">
-        <v>28</v>
+      <c r="I22">
+        <v>2012</v>
       </c>
       <c r="J22" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L22" t="s">
         <v>23</v>
       </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N22" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>116</v>
+      </c>
+      <c r="P22" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>79</v>
+        <v>99</v>
       </c>
       <c r="B23" t="s">
-        <v>15</v>
+        <v>117</v>
       </c>
       <c r="C23" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>81</v>
+        <v>118</v>
       </c>
       <c r="E23" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>102</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>1996</v>
       </c>
-      <c r="H23">
+      <c r="I23">
         <v>2012</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>91</v>
-[...4 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N23" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>119</v>
+      </c>
+      <c r="P23" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>79</v>
+        <v>99</v>
       </c>
       <c r="B24" t="s">
-        <v>15</v>
+        <v>120</v>
       </c>
       <c r="C24" t="s">
-        <v>93</v>
+        <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="E24" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>102</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>1996</v>
+      </c>
+      <c r="I24">
         <v>2012</v>
       </c>
-      <c r="H24">
-[...4 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>94</v>
+        <v>26</v>
       </c>
       <c r="N24" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>122</v>
+      </c>
+      <c r="P24" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>79</v>
+        <v>99</v>
       </c>
       <c r="B25" t="s">
-        <v>15</v>
+        <v>123</v>
       </c>
       <c r="C25" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>81</v>
+        <v>124</v>
       </c>
       <c r="E25" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>102</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
-      <c r="I25" t="s">
-        <v>28</v>
+      <c r="I25">
+        <v>2012</v>
       </c>
       <c r="J25" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-      <c r="L25" t="s">
         <v>23</v>
       </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N25" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>125</v>
+      </c>
+      <c r="O25" t="s">
+        <v>126</v>
+      </c>
+      <c r="P25" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>97</v>
+        <v>127</v>
       </c>
       <c r="B26" t="s">
-        <v>15</v>
+        <v>128</v>
       </c>
       <c r="C26" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>81</v>
+        <v>129</v>
       </c>
       <c r="E26" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>102</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>1996</v>
       </c>
-      <c r="H26">
+      <c r="I26">
         <v>2010</v>
       </c>
-      <c r="I26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J26" t="s">
+        <v>33</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>26</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>130</v>
+      </c>
+      <c r="P26" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>131</v>
+      </c>
+      <c r="B27" t="s">
+        <v>132</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>133</v>
+      </c>
+      <c r="E27" t="s">
+        <v>101</v>
+      </c>
+      <c r="F27" t="s">
+        <v>102</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1996</v>
+      </c>
+      <c r="I27">
+        <v>2012</v>
+      </c>
+      <c r="J27" t="s">
+        <v>33</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>134</v>
+      </c>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>135</v>
+      </c>
+      <c r="P27" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>136</v>
+      </c>
+      <c r="B28" t="s">
+        <v>137</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>80</v>
+      </c>
+      <c r="E28" t="s">
+        <v>101</v>
+      </c>
+      <c r="F28" t="s">
+        <v>102</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1996</v>
+      </c>
+      <c r="I28">
+        <v>2010</v>
+      </c>
+      <c r="J28" t="s">
+        <v>33</v>
+      </c>
+      <c r="K28" t="s">
+        <v>61</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>138</v>
+      </c>
+      <c r="P28" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>139</v>
+      </c>
+      <c r="B29" t="s">
+        <v>140</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>141</v>
+      </c>
+      <c r="E29" t="s">
+        <v>101</v>
+      </c>
+      <c r="F29" t="s">
+        <v>102</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1996</v>
+      </c>
+      <c r="I29">
+        <v>2010</v>
+      </c>
+      <c r="J29" t="s">
+        <v>33</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>26</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>142</v>
+      </c>
+      <c r="P29" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>143</v>
+      </c>
+      <c r="B30" t="s">
+        <v>144</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>80</v>
+      </c>
+      <c r="E30" t="s">
+        <v>101</v>
+      </c>
+      <c r="F30" t="s">
+        <v>102</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>1996</v>
+      </c>
+      <c r="I30">
+        <v>2010</v>
+      </c>
+      <c r="J30" t="s">
+        <v>33</v>
+      </c>
+      <c r="K30" t="s">
+        <v>61</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>145</v>
+      </c>
+      <c r="P30" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>146</v>
+      </c>
+      <c r="B31" t="s">
+        <v>147</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>109</v>
+      </c>
+      <c r="E31" t="s">
+        <v>101</v>
+      </c>
+      <c r="F31" t="s">
+        <v>102</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>1996</v>
+      </c>
+      <c r="I31">
+        <v>2010</v>
+      </c>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>148</v>
+      </c>
+      <c r="P31" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>146</v>
+      </c>
+      <c r="B32" t="s">
+        <v>149</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>150</v>
+      </c>
+      <c r="E32" t="s">
+        <v>101</v>
+      </c>
+      <c r="F32" t="s">
+        <v>102</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>1996</v>
+      </c>
+      <c r="I32">
+        <v>2010</v>
+      </c>
+      <c r="J32" t="s">
+        <v>33</v>
+      </c>
+      <c r="K32" t="s">
+        <v>61</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>151</v>
+      </c>
+      <c r="P32" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>152</v>
+      </c>
+      <c r="B33" t="s">
+        <v>153</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>154</v>
+      </c>
+      <c r="E33" t="s">
+        <v>101</v>
+      </c>
+      <c r="F33" t="s">
+        <v>102</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>1996</v>
+      </c>
+      <c r="I33">
+        <v>2010</v>
+      </c>
+      <c r="J33" t="s">
+        <v>33</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>155</v>
+      </c>
+      <c r="P33" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>156</v>
+      </c>
+      <c r="B34" t="s">
+        <v>115</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>115</v>
+      </c>
+      <c r="E34" t="s">
+        <v>101</v>
+      </c>
+      <c r="F34" t="s">
+        <v>102</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>1996</v>
+      </c>
+      <c r="I34">
+        <v>2010</v>
+      </c>
+      <c r="J34" t="s">
+        <v>157</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>158</v>
+      </c>
+      <c r="P34" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>160</v>
+      </c>
+      <c r="B35" t="s">
+        <v>161</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>162</v>
+      </c>
+      <c r="E35" t="s">
+        <v>101</v>
+      </c>
+      <c r="F35" t="s">
+        <v>102</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1996</v>
+      </c>
+      <c r="I35">
+        <v>2010</v>
+      </c>
+      <c r="J35" t="s">
+        <v>33</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>163</v>
+      </c>
+      <c r="P35" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>164</v>
+      </c>
+      <c r="B36" t="s">
+        <v>165</v>
+      </c>
+      <c r="C36" t="s">
+        <v>166</v>
+      </c>
+      <c r="D36" t="s">
+        <v>167</v>
+      </c>
+      <c r="E36" t="s">
+        <v>101</v>
+      </c>
+      <c r="F36" t="s">
         <v>21</v>
       </c>
-      <c r="K26"/>
-[...17 lines deleted...]
-      <c r="C27" t="s">
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2002</v>
+      </c>
+      <c r="I36">
+        <v>2010</v>
+      </c>
+      <c r="J36" t="s">
+        <v>168</v>
+      </c>
+      <c r="K36" t="s">
+        <v>169</v>
+      </c>
+      <c r="L36" t="s">
+        <v>170</v>
+      </c>
+      <c r="M36" t="s">
+        <v>171</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>172</v>
+      </c>
+      <c r="P36" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>174</v>
+      </c>
+      <c r="B37" t="s">
+        <v>175</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>176</v>
+      </c>
+      <c r="E37" t="s">
         <v>101</v>
       </c>
-      <c r="D27" t="s">
-[...11 lines deleted...]
-      <c r="H27">
+      <c r="F37" t="s">
+        <v>102</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2006</v>
+      </c>
+      <c r="I37">
+        <v>2015</v>
+      </c>
+      <c r="J37" t="s">
+        <v>177</v>
+      </c>
+      <c r="K37" t="s">
+        <v>178</v>
+      </c>
+      <c r="L37" t="s">
+        <v>179</v>
+      </c>
+      <c r="M37" t="s">
+        <v>180</v>
+      </c>
+      <c r="N37" t="s">
+        <v>181</v>
+      </c>
+      <c r="O37" t="s">
+        <v>182</v>
+      </c>
+      <c r="P37" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>184</v>
+      </c>
+      <c r="B38" t="s">
+        <v>185</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>186</v>
+      </c>
+      <c r="E38" t="s">
+        <v>101</v>
+      </c>
+      <c r="F38" t="s">
+        <v>102</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2001</v>
+      </c>
+      <c r="I38">
         <v>2012</v>
       </c>
-      <c r="I27" t="s">
-[...2 lines deleted...]
-      <c r="J27" t="s">
+      <c r="J38" t="s">
+        <v>177</v>
+      </c>
+      <c r="K38" t="s">
+        <v>178</v>
+      </c>
+      <c r="L38" t="s">
+        <v>187</v>
+      </c>
+      <c r="M38" t="s">
+        <v>180</v>
+      </c>
+      <c r="N38" t="s">
+        <v>181</v>
+      </c>
+      <c r="O38" t="s">
+        <v>188</v>
+      </c>
+      <c r="P38" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>190</v>
+      </c>
+      <c r="B39" t="s">
+        <v>191</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>192</v>
+      </c>
+      <c r="E39" t="s">
+        <v>101</v>
+      </c>
+      <c r="F39" t="s">
+        <v>102</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>1994</v>
+      </c>
+      <c r="I39">
+        <v>2013</v>
+      </c>
+      <c r="J39" t="s">
+        <v>177</v>
+      </c>
+      <c r="K39" t="s">
+        <v>178</v>
+      </c>
+      <c r="L39" t="s">
+        <v>193</v>
+      </c>
+      <c r="M39" t="s">
+        <v>180</v>
+      </c>
+      <c r="N39" t="s">
+        <v>181</v>
+      </c>
+      <c r="O39" t="s">
+        <v>194</v>
+      </c>
+      <c r="P39" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>196</v>
+      </c>
+      <c r="B40" t="s">
+        <v>197</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>198</v>
+      </c>
+      <c r="E40" t="s">
+        <v>101</v>
+      </c>
+      <c r="F40" t="s">
+        <v>102</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>1992</v>
+      </c>
+      <c r="I40">
+        <v>2012</v>
+      </c>
+      <c r="J40" t="s">
+        <v>177</v>
+      </c>
+      <c r="K40" t="s">
+        <v>178</v>
+      </c>
+      <c r="L40" t="s">
+        <v>187</v>
+      </c>
+      <c r="M40" t="s">
+        <v>180</v>
+      </c>
+      <c r="N40" t="s">
+        <v>181</v>
+      </c>
+      <c r="O40" t="s">
+        <v>199</v>
+      </c>
+      <c r="P40" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>201</v>
+      </c>
+      <c r="B41" t="s">
+        <v>202</v>
+      </c>
+      <c r="C41" t="s">
+        <v>166</v>
+      </c>
+      <c r="D41" t="s">
+        <v>85</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K27" t="s">
-[...588 lines deleted...]
-        <v>2010</v>
+      <c r="G41" t="s">
+        <v>22</v>
       </c>
       <c r="H41">
         <v>2010</v>
       </c>
-      <c r="I41" t="s">
-        <v>152</v>
+      <c r="I41">
+        <v>2010</v>
       </c>
       <c r="J41" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>171</v>
       </c>
       <c r="N41" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>204</v>
+      </c>
+      <c r="P41" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>154</v>
+        <v>206</v>
       </c>
       <c r="B42" t="s">
-        <v>15</v>
+        <v>207</v>
       </c>
       <c r="C42" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="E42" t="s">
-        <v>155</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G42">
+        <v>208</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
         <v>2008</v>
       </c>
-      <c r="H42">
+      <c r="I42">
         <v>2016</v>
       </c>
-      <c r="I42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J42" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N42" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>209</v>
+      </c>
+      <c r="P42" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>157</v>
+        <v>210</v>
       </c>
       <c r="B43" t="s">
-        <v>15</v>
+        <v>211</v>
       </c>
       <c r="C43" t="s">
-        <v>158</v>
+        <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>212</v>
       </c>
       <c r="E43" t="s">
-        <v>155</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>208</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
       </c>
       <c r="H43">
         <v>2011</v>
       </c>
-      <c r="I43" t="s">
-        <v>28</v>
+      <c r="I43">
+        <v>2011</v>
       </c>
       <c r="J43" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K43" t="s">
-        <v>159</v>
+        <v>24</v>
       </c>
       <c r="L43" t="s">
+        <v>213</v>
+      </c>
+      <c r="M43" t="s">
+        <v>26</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>214</v>
+      </c>
+      <c r="P43" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>215</v>
+      </c>
+      <c r="B44" t="s">
+        <v>17</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>19</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>208</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>1993</v>
+      </c>
+      <c r="I44">
+        <v>2009</v>
+      </c>
+      <c r="J44" t="s">
         <v>23</v>
       </c>
-      <c r="M43" t="s">
-[...31 lines deleted...]
-      <c r="I44" t="s">
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>25</v>
+      </c>
+      <c r="M44" t="s">
+        <v>26</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>216</v>
+      </c>
+      <c r="P44" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>217</v>
+      </c>
+      <c r="B45" t="s">
+        <v>218</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>133</v>
+      </c>
+      <c r="E45" t="s">
         <v>20</v>
       </c>
-      <c r="J44" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F45" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>208</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
         <v>1994</v>
       </c>
-      <c r="H45">
+      <c r="I45">
         <v>2003</v>
       </c>
-      <c r="I45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J45" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K45" t="s">
-        <v>102</v>
+        <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>23</v>
+        <v>134</v>
       </c>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N45" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>219</v>
+      </c>
+      <c r="P45" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>165</v>
+        <v>220</v>
       </c>
       <c r="B46" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="C46" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="E46" t="s">
-        <v>155</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>208</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
       </c>
       <c r="H46">
         <v>2010</v>
       </c>
-      <c r="I46" t="s">
+      <c r="I46">
+        <v>2010</v>
+      </c>
+      <c r="J46" t="s">
+        <v>23</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>67</v>
+      </c>
+      <c r="M46" t="s">
+        <v>26</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>221</v>
+      </c>
+      <c r="P46" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>222</v>
+      </c>
+      <c r="B47" t="s">
+        <v>31</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>32</v>
+      </c>
+      <c r="E47" t="s">
         <v>20</v>
       </c>
-      <c r="J46" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F47" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>208</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
       </c>
       <c r="H47">
         <v>2012</v>
       </c>
-      <c r="I47" t="s">
-        <v>28</v>
+      <c r="I47">
+        <v>2012</v>
       </c>
       <c r="J47" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N47" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>223</v>
+      </c>
+      <c r="P47" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>169</v>
+        <v>224</v>
       </c>
       <c r="B48" t="s">
-        <v>15</v>
+        <v>225</v>
       </c>
       <c r="C48" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E48" t="s">
-        <v>155</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G48">
+        <v>208</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2002</v>
       </c>
-      <c r="H48">
+      <c r="I48">
         <v>2007</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K48" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="M48" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N48" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>226</v>
+      </c>
+      <c r="P48" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>171</v>
+        <v>227</v>
       </c>
       <c r="B49" t="s">
-        <v>15</v>
+        <v>228</v>
       </c>
       <c r="C49" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>229</v>
       </c>
       <c r="E49" t="s">
-        <v>155</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G49">
+        <v>208</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
         <v>2011</v>
       </c>
-      <c r="H49">
+      <c r="I49">
         <v>2015</v>
       </c>
-      <c r="I49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J49" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N49" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>230</v>
+      </c>
+      <c r="P49" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>174</v>
+        <v>231</v>
       </c>
       <c r="B50" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="C50" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E50" t="s">
-        <v>155</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>208</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
       </c>
       <c r="H50">
         <v>2012</v>
       </c>
-      <c r="I50" t="s">
-        <v>36</v>
+      <c r="I50">
+        <v>2012</v>
       </c>
       <c r="J50" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L50" t="s">
+        <v>44</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>26</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>232</v>
+      </c>
+      <c r="P50" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>233</v>
+      </c>
+      <c r="B51" t="s">
+        <v>75</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>234</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>208</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>1994</v>
+      </c>
+      <c r="I51">
+        <v>2003</v>
+      </c>
+      <c r="J51" t="s">
         <v>23</v>
       </c>
-      <c r="M50" t="s">
-[...25 lines deleted...]
-      <c r="G51">
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>26</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>235</v>
+      </c>
+      <c r="P51" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>236</v>
+      </c>
+      <c r="B52" t="s">
+        <v>237</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>133</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>208</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>1994</v>
       </c>
-      <c r="H51">
-[...2 lines deleted...]
-      <c r="I51" t="s">
+      <c r="I52">
+        <v>2004</v>
+      </c>
+      <c r="J52" t="s">
+        <v>33</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>238</v>
+      </c>
+      <c r="M52" t="s">
+        <v>26</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>239</v>
+      </c>
+      <c r="P52" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>240</v>
+      </c>
+      <c r="B53" t="s">
+        <v>241</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>242</v>
+      </c>
+      <c r="E53" t="s">
         <v>20</v>
       </c>
-      <c r="J51" t="s">
-[...3 lines deleted...]
-      <c r="L51" t="s">
+      <c r="F53" t="s">
+        <v>208</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2004</v>
+      </c>
+      <c r="I53">
+        <v>2010</v>
+      </c>
+      <c r="J53" t="s">
         <v>23</v>
       </c>
-      <c r="M51" t="s">
-[...28 lines deleted...]
-      <c r="H52">
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>26</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>243</v>
+      </c>
+      <c r="P53" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>244</v>
+      </c>
+      <c r="B54" t="s">
+        <v>59</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>60</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>208</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2010</v>
+      </c>
+      <c r="I54">
+        <v>2015</v>
+      </c>
+      <c r="J54" t="s">
+        <v>33</v>
+      </c>
+      <c r="K54" t="s">
+        <v>61</v>
+      </c>
+      <c r="L54" t="s">
+        <v>62</v>
+      </c>
+      <c r="M54" t="s">
+        <v>26</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>245</v>
+      </c>
+      <c r="P54" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>246</v>
+      </c>
+      <c r="B55" t="s">
+        <v>247</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>38</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>208</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2002</v>
+      </c>
+      <c r="I55">
+        <v>2006</v>
+      </c>
+      <c r="J55" t="s">
+        <v>33</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>39</v>
+      </c>
+      <c r="M55" t="s">
+        <v>26</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>248</v>
+      </c>
+      <c r="P55" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>249</v>
+      </c>
+      <c r="B56" t="s">
+        <v>79</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>80</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>208</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2001</v>
+      </c>
+      <c r="I56">
+        <v>2010</v>
+      </c>
+      <c r="J56" t="s">
+        <v>33</v>
+      </c>
+      <c r="K56" t="s">
+        <v>61</v>
+      </c>
+      <c r="L56" t="s">
+        <v>81</v>
+      </c>
+      <c r="M56" t="s">
+        <v>26</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>250</v>
+      </c>
+      <c r="P56" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>251</v>
+      </c>
+      <c r="B57" t="s">
+        <v>84</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>85</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>208</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2009</v>
+      </c>
+      <c r="I57">
+        <v>2014</v>
+      </c>
+      <c r="J57" t="s">
+        <v>23</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>86</v>
+      </c>
+      <c r="M57" t="s">
+        <v>26</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>252</v>
+      </c>
+      <c r="P57" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>254</v>
+      </c>
+      <c r="B58" t="s">
+        <v>255</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>256</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>208</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2010</v>
+      </c>
+      <c r="I58">
+        <v>2012</v>
+      </c>
+      <c r="J58" t="s">
+        <v>23</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>26</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>257</v>
+      </c>
+      <c r="P58" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>258</v>
+      </c>
+      <c r="B59" t="s">
+        <v>259</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>66</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>208</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1992</v>
+      </c>
+      <c r="I59">
         <v>2004</v>
       </c>
-      <c r="I52" t="s">
-[...8 lines deleted...]
-      <c r="L52" t="s">
+      <c r="J59" t="s">
         <v>23</v>
       </c>
-      <c r="M52" t="s">
-[...31 lines deleted...]
-      <c r="I53" t="s">
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>67</v>
+      </c>
+      <c r="M59" t="s">
+        <v>26</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>260</v>
+      </c>
+      <c r="P59" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>262</v>
+      </c>
+      <c r="B60" t="s">
+        <v>263</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>264</v>
+      </c>
+      <c r="E60" t="s">
         <v>20</v>
       </c>
-      <c r="J53" t="s">
-[...35 lines deleted...]
-      <c r="H54">
+      <c r="F60" t="s">
+        <v>208</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
         <v>2015</v>
       </c>
-      <c r="I54" t="s">
-[...131 lines deleted...]
-      <c r="I57" t="s">
+      <c r="I60">
+        <v>2019</v>
+      </c>
+      <c r="J60" t="s">
+        <v>265</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>266</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>267</v>
+      </c>
+      <c r="P60" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>269</v>
+      </c>
+      <c r="B61" t="s">
+        <v>270</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>56</v>
+      </c>
+      <c r="E61" t="s">
         <v>20</v>
       </c>
-      <c r="J57" t="s">
-[...158 lines deleted...]
-      </c>
       <c r="F61" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>208</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
       </c>
       <c r="H61">
         <v>2012</v>
       </c>
-      <c r="I61" t="s">
-        <v>28</v>
+      <c r="I61">
+        <v>2012</v>
       </c>
       <c r="J61" t="s">
+        <v>33</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>26</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>271</v>
+      </c>
+      <c r="P61" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>272</v>
+      </c>
+      <c r="B62" t="s">
+        <v>273</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>121</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>208</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2012</v>
+      </c>
+      <c r="I62">
+        <v>2016</v>
+      </c>
+      <c r="J62" t="s">
+        <v>33</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>26</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>274</v>
+      </c>
+      <c r="P62" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>272</v>
+      </c>
+      <c r="B63" t="s">
+        <v>275</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>121</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>208</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2012</v>
+      </c>
+      <c r="I63">
+        <v>2015</v>
+      </c>
+      <c r="J63" t="s">
+        <v>33</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>26</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>276</v>
+      </c>
+      <c r="P63" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>277</v>
+      </c>
+      <c r="B64" t="s">
+        <v>278</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>38</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>208</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2002</v>
+      </c>
+      <c r="I64">
+        <v>2004</v>
+      </c>
+      <c r="J64" t="s">
+        <v>33</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>39</v>
+      </c>
+      <c r="M64" t="s">
+        <v>26</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>279</v>
+      </c>
+      <c r="P64" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>280</v>
+      </c>
+      <c r="B65" t="s">
+        <v>281</v>
+      </c>
+      <c r="C65" t="s">
+        <v>166</v>
+      </c>
+      <c r="D65" t="s">
+        <v>19</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
         <v>21</v>
       </c>
-      <c r="K61"/>
-[...29 lines deleted...]
-      <c r="G62">
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2008</v>
+      </c>
+      <c r="I65">
+        <v>2015</v>
+      </c>
+      <c r="J65" t="s">
+        <v>203</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>171</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>282</v>
+      </c>
+      <c r="P65" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>284</v>
+      </c>
+      <c r="B66" t="s">
+        <v>285</v>
+      </c>
+      <c r="C66" t="s">
+        <v>166</v>
+      </c>
+      <c r="D66" t="s">
+        <v>133</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2011</v>
+      </c>
+      <c r="I66">
+        <v>2014</v>
+      </c>
+      <c r="J66" t="s">
+        <v>203</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>286</v>
+      </c>
+      <c r="M66" t="s">
+        <v>171</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>287</v>
+      </c>
+      <c r="P66" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>289</v>
+      </c>
+      <c r="B67" t="s">
+        <v>290</v>
+      </c>
+      <c r="C67" t="s">
+        <v>166</v>
+      </c>
+      <c r="D67" t="s">
+        <v>291</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>1999</v>
+      </c>
+      <c r="I67">
         <v>2012</v>
       </c>
-      <c r="H62">
-[...5 lines deleted...]
-      <c r="J62" t="s">
+      <c r="J67" t="s">
+        <v>203</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>292</v>
+      </c>
+      <c r="M67" t="s">
+        <v>171</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>293</v>
+      </c>
+      <c r="P67" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>295</v>
+      </c>
+      <c r="B68" t="s">
+        <v>296</v>
+      </c>
+      <c r="C68" t="s">
+        <v>166</v>
+      </c>
+      <c r="D68" t="s">
+        <v>38</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
         <v>21</v>
       </c>
-      <c r="K62"/>
-[...145 lines deleted...]
-      <c r="C66" t="s">
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2007</v>
+      </c>
+      <c r="I68">
+        <v>2011</v>
+      </c>
+      <c r="J68" t="s">
+        <v>203</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>171</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>297</v>
+      </c>
+      <c r="P68" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>299</v>
+      </c>
+      <c r="B69" t="s">
+        <v>300</v>
+      </c>
+      <c r="C69" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" t="s">
+        <v>38</v>
+      </c>
+      <c r="E69" t="s">
         <v>101</v>
       </c>
-      <c r="D66" t="s">
-[...134 lines deleted...]
-      </c>
       <c r="F69" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>102</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
       </c>
       <c r="H69">
         <v>2012</v>
       </c>
-      <c r="I69" t="s">
-        <v>28</v>
+      <c r="I69">
+        <v>2012</v>
       </c>
       <c r="J69" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69"/>
       <c r="M69" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N69" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>301</v>
+      </c>
+      <c r="P69" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>222</v>
+        <v>299</v>
       </c>
       <c r="B70" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="C70" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="D70" t="s">
-        <v>81</v>
+        <v>56</v>
       </c>
       <c r="E70" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
       <c r="F70" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>102</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
       </c>
       <c r="H70">
         <v>2012</v>
       </c>
-      <c r="I70" t="s">
-        <v>28</v>
+      <c r="I70">
+        <v>2012</v>
       </c>
       <c r="J70" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
       <c r="M70" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N70" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>302</v>
+      </c>
+      <c r="P70" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>225</v>
+        <v>303</v>
       </c>
       <c r="B71" t="s">
-        <v>226</v>
+        <v>304</v>
       </c>
       <c r="C71" t="s">
-        <v>227</v>
+        <v>305</v>
       </c>
       <c r="D71" t="s">
-        <v>17</v>
+        <v>306</v>
       </c>
       <c r="E71" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="G71">
+        <v>307</v>
+      </c>
+      <c r="G71" t="s">
+        <v>8</v>
+      </c>
+      <c r="H71">
         <v>2015</v>
       </c>
-      <c r="H71">
+      <c r="I71">
         <v>2024</v>
       </c>
-      <c r="I71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J71" t="s">
-        <v>21</v>
+        <v>308</v>
       </c>
       <c r="K71" t="s">
-        <v>231</v>
+        <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>232</v>
+        <v>309</v>
       </c>
       <c r="M71" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="N71" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>311</v>
+      </c>
+      <c r="P71" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>234</v>
+        <v>313</v>
       </c>
       <c r="B72" t="s">
-        <v>15</v>
+        <v>314</v>
       </c>
       <c r="C72" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
       <c r="D72" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
       <c r="E72" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="G72">
+        <v>307</v>
+      </c>
+      <c r="G72" t="s">
+        <v>8</v>
+      </c>
+      <c r="H72">
         <v>2004</v>
       </c>
-      <c r="H72">
+      <c r="I72">
         <v>2024</v>
       </c>
-      <c r="I72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J72" t="s">
-        <v>21</v>
+        <v>308</v>
       </c>
       <c r="K72" t="s">
-        <v>235</v>
+        <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>232</v>
+        <v>315</v>
       </c>
       <c r="M72" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="N72" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>316</v>
+      </c>
+      <c r="P72" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>237</v>
+        <v>317</v>
       </c>
       <c r="B73" t="s">
-        <v>15</v>
+        <v>318</v>
       </c>
       <c r="C73" t="s">
-        <v>238</v>
+        <v>18</v>
       </c>
       <c r="D73" t="s">
-        <v>17</v>
+        <v>319</v>
       </c>
       <c r="E73" t="s">
-        <v>239</v>
+        <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="G73">
+        <v>320</v>
+      </c>
+      <c r="G73" t="s">
+        <v>8</v>
+      </c>
+      <c r="H73">
         <v>2011</v>
       </c>
-      <c r="H73">
+      <c r="I73">
         <v>2024</v>
       </c>
-      <c r="I73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J73" t="s">
-        <v>21</v>
+        <v>308</v>
       </c>
       <c r="K73" t="s">
-        <v>240</v>
+        <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>232</v>
+        <v>321</v>
       </c>
       <c r="M73" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="N73" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>322</v>
+      </c>
+      <c r="P73" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>242</v>
+        <v>324</v>
       </c>
       <c r="B74" t="s">
-        <v>125</v>
+        <v>325</v>
       </c>
       <c r="C74" t="s">
-        <v>243</v>
+        <v>166</v>
       </c>
       <c r="D74" t="s">
-        <v>17</v>
+        <v>326</v>
       </c>
       <c r="E74" t="s">
-        <v>239</v>
+        <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G74">
+        <v>320</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
         <v>2013</v>
       </c>
-      <c r="H74">
+      <c r="I74">
         <v>2015</v>
       </c>
-      <c r="I74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J74" t="s">
-        <v>21</v>
+        <v>203</v>
       </c>
       <c r="K74" t="s">
-        <v>244</v>
+        <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>130</v>
+        <v>327</v>
       </c>
       <c r="M74" t="s">
-        <v>24</v>
+        <v>171</v>
       </c>
       <c r="N74" t="s">
-        <v>245</v>
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>328</v>
+      </c>
+      <c r="P74" t="s">
+        <v>329</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>