--- v0 (2025-10-13)
+++ v1 (2025-12-07)
@@ -12,362 +12,357 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>Disposition 684|2013</t>
   </si>
   <si>
+    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
   </si>
   <si>
-    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
-[...2 lines deleted...]
-    <t>Envelopes</t>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>IRAM 11900</t>
-[...10 lines deleted...]
-  <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
-    <t>Law 26,473</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
   </si>
   <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
-    <t>Provision No 859 del 11|11|2008</t>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution 834/2019 and Resolution 422/2020</t>
+  </si>
+  <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>IRAM 2294-3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution SE No 814|2013</t>
+  </si>
+  <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
-[...49 lines deleted...]
-  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>IRAM 2404-1</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-se-no-8142013</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
+  </si>
+  <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -631,871 +626,638 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="82" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="127" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="153.248" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>41</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>41</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>41</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>78</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>25</v>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" t="s">
+        <v>40</v>
+      </c>
+      <c r="F11" t="s">
+        <v>78</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>86</v>
+      </c>
+      <c r="N11" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...632 lines deleted...]
-      <c r="C18" t="s">
+      <c r="O11" t="s">
         <v>87</v>
       </c>
-      <c r="D18" t="s">
-[...18 lines deleted...]
-      <c r="K18" t="s">
+      <c r="P11" t="s">
         <v>88</v>
-      </c>
-[...7 lines deleted...]
-        <v>90</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>