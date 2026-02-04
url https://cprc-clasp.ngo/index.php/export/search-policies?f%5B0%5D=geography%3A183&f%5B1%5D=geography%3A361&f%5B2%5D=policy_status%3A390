--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,165 +104,168 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...101 lines deleted...]
-    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
     <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
@@ -764,464 +767,464 @@
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2016</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L5" t="s">
         <v>48</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>49</v>
       </c>
       <c r="P5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>51</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>53</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L6" t="s">
         <v>54</v>
       </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>55</v>
       </c>
       <c r="P6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>57</v>
       </c>
       <c r="B7" t="s">
         <v>58</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2015</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L7" t="s">
         <v>60</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>61</v>
       </c>
       <c r="P7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>63</v>
       </c>
       <c r="B8" t="s">
         <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="H8">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2019</v>
       </c>
       <c r="I9">
         <v>2020</v>
       </c>
       <c r="J9" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2016</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">