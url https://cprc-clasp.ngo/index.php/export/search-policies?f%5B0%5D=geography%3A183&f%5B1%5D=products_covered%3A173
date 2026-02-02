--- v0 (2025-10-10)
+++ v1 (2026-02-02)
@@ -12,167 +12,180 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -436,195 +449,210 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="21" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="69" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="359.769" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="76.553" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2011</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2014</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>