--- v0 (2025-10-12)
+++ v1 (2026-02-22)
@@ -12,239 +12,274 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
+  </si>
+  <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -508,359 +543,398 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="127" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="257.08" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...14 lines deleted...]
-      <c r="B3" t="s">
+      <c r="G6" t="s">
+        <v>46</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2016</v>
+      </c>
+      <c r="J6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...157 lines deleted...]
-        <v>49</v>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>