--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -113,75 +113,81 @@
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
@@ -189,110 +195,110 @@
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
@@ -351,50 +357,53 @@
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
     <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
@@ -867,55 +876,55 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="379.764" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1003,1038 +1012,1038 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2016</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2017</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2018</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2023</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
         <v>2006</v>
       </c>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H9">
         <v>2019</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H10">
         <v>2009</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="M11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12">
         <v>2020</v>
       </c>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H13">
         <v>2018</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C14" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G14" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H14">
         <v>2013</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>71</v>
+        <v>111</v>
       </c>
       <c r="H15">
         <v>2021</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="M15" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="P15" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B16" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H16">
         <v>2014</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="M16" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="P16" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B17" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H17">
         <v>2017</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="P17" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B18" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H18">
         <v>2017</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="P18" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B19" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C19" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D19" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H19">
         <v>2018</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="M19" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="P19" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B20" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C20" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D20" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H20">
         <v>2018</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="M20" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="P20" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B21" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C21" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D21" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H21">
         <v>2018</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="M21" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="P21" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B22" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="C22" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D22" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H22">
         <v>2018</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="M22" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="P22" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B23" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C23" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D23" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G23" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H23">
         <v>2018</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="P23" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">