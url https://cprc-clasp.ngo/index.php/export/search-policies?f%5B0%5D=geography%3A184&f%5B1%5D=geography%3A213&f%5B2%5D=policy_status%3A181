--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -12,269 +12,333 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -538,489 +602,544 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="639.273" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>35</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>65</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>67</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>35</v>
+      </c>
+      <c r="N8" t="s">
+        <v>69</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>75</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-    </row>
-[...290 lines deleted...]
-      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="N9" t="s">
-        <v>59</v>
+        <v>78</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>