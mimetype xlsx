--- v0 (2025-11-12)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="430">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -221,98 +221,98 @@
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
     <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
   </si>
   <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
@@ -608,50 +608,53 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
   </si>
   <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
     <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
   </si>
@@ -859,50 +862,78 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
@@ -1756,65 +1787,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P75"/>
+  <dimension ref="A1:P76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3174,2218 +3205,2266 @@
       </c>
       <c r="P29" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>187</v>
       </c>
       <c r="B30" t="s">
         <v>188</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
         <v>189</v>
       </c>
       <c r="E30" t="s">
         <v>39</v>
       </c>
       <c r="F30" t="s">
         <v>164</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>190</v>
       </c>
       <c r="H30">
         <v>2009</v>
       </c>
       <c r="I30">
         <v>2019</v>
       </c>
       <c r="J30" t="s">
         <v>49</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>72</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P30" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B31" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E31" t="s">
         <v>39</v>
       </c>
       <c r="F31" t="s">
         <v>164</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2015</v>
       </c>
       <c r="I31">
         <v>2019</v>
       </c>
       <c r="J31" t="s">
         <v>49</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M31" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N31" t="s">
         <v>73</v>
       </c>
       <c r="O31" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P31" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B32" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E32" t="s">
         <v>39</v>
       </c>
       <c r="F32" t="s">
         <v>164</v>
       </c>
       <c r="G32" t="s">
         <v>41</v>
       </c>
       <c r="H32">
         <v>2019</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="K32" t="s">
         <v>61</v>
       </c>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32" t="s">
         <v>73</v>
       </c>
       <c r="O32" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="P32" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B33" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
         <v>107</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33" t="s">
         <v>164</v>
       </c>
       <c r="G33" t="s">
         <v>41</v>
       </c>
       <c r="H33">
         <v>2019</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>49</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>72</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P33" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B34" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
         <v>101</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34" t="s">
         <v>164</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2000</v>
       </c>
       <c r="I34">
         <v>2019</v>
       </c>
       <c r="J34" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>72</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P34" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B35" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
         <v>88</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35" t="s">
         <v>164</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2009</v>
       </c>
       <c r="I35">
         <v>2019</v>
       </c>
       <c r="J35" t="s">
         <v>49</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>72</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="P35" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B36" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
         <v>113</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36" t="s">
         <v>164</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2010</v>
       </c>
       <c r="I36">
         <v>2019</v>
       </c>
       <c r="J36" t="s">
         <v>49</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="M36" t="s">
         <v>72</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P36" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B37" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37" t="s">
         <v>164</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2010</v>
       </c>
       <c r="I37">
         <v>2019</v>
       </c>
       <c r="J37" t="s">
         <v>49</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
         <v>95</v>
       </c>
       <c r="M37" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="P37" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B38" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
         <v>118</v>
       </c>
       <c r="E38" t="s">
         <v>39</v>
       </c>
       <c r="F38" t="s">
         <v>164</v>
       </c>
       <c r="G38" t="s">
         <v>41</v>
       </c>
       <c r="H38">
         <v>2019</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>49</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>72</v>
       </c>
       <c r="N38" t="s">
         <v>73</v>
       </c>
       <c r="O38" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="P38" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B39" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E39" t="s">
         <v>39</v>
       </c>
       <c r="F39" t="s">
         <v>164</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2014</v>
       </c>
       <c r="I39">
         <v>2019</v>
       </c>
       <c r="J39" t="s">
         <v>49</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>72</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="P39" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B40" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C40" t="s">
         <v>123</v>
       </c>
       <c r="D40" t="s">
         <v>124</v>
       </c>
       <c r="E40" t="s">
         <v>39</v>
       </c>
       <c r="F40" t="s">
         <v>164</v>
       </c>
       <c r="G40" t="s">
         <v>41</v>
       </c>
       <c r="H40">
         <v>2023</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>49</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="P40" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B41" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
         <v>129</v>
       </c>
       <c r="E41" t="s">
         <v>39</v>
       </c>
       <c r="F41" t="s">
         <v>164</v>
       </c>
       <c r="G41" t="s">
         <v>41</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
       <c r="I41">
         <v>2023</v>
       </c>
       <c r="J41" t="s">
         <v>130</v>
       </c>
       <c r="K41" t="s">
         <v>61</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P41" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B42" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E42" t="s">
         <v>39</v>
       </c>
       <c r="F42" t="s">
         <v>164</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2013</v>
       </c>
       <c r="I42">
         <v>2023</v>
       </c>
       <c r="J42" t="s">
         <v>49</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>72</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="P42" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B43" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
         <v>78</v>
       </c>
       <c r="E43" t="s">
         <v>39</v>
       </c>
       <c r="F43" t="s">
         <v>164</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2015</v>
       </c>
       <c r="I43">
         <v>2024</v>
       </c>
       <c r="J43" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="K43" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
         <v>72</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="P43" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B44" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C44" t="s">
         <v>123</v>
       </c>
       <c r="D44" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E44" t="s">
         <v>39</v>
       </c>
       <c r="F44" t="s">
         <v>164</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2024</v>
       </c>
       <c r="I44">
         <v>2024</v>
       </c>
       <c r="J44" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
         <v>72</v>
       </c>
       <c r="N44" t="s">
         <v>73</v>
       </c>
       <c r="O44" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="P44" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B45" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C45" t="s">
-        <v>18</v>
+        <v>123</v>
       </c>
       <c r="D45" t="s">
-        <v>136</v>
+        <v>267</v>
       </c>
       <c r="E45" t="s">
         <v>39</v>
       </c>
       <c r="F45" t="s">
         <v>164</v>
       </c>
       <c r="G45" t="s">
-        <v>41</v>
+        <v>268</v>
       </c>
       <c r="H45">
-        <v>2014</v>
+        <v>2025</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>49</v>
+        <v>269</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>137</v>
+        <v>270</v>
       </c>
       <c r="M45" t="s">
-        <v>72</v>
+        <v>271</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="P45" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="B46" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>270</v>
+        <v>136</v>
       </c>
       <c r="E46" t="s">
         <v>39</v>
       </c>
       <c r="F46" t="s">
         <v>164</v>
       </c>
       <c r="G46" t="s">
         <v>41</v>
       </c>
       <c r="H46">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>49</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
-      <c r="L46"/>
+      <c r="L46" t="s">
+        <v>137</v>
+      </c>
       <c r="M46" t="s">
         <v>72</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="P46" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="B47" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>260</v>
+        <v>280</v>
       </c>
       <c r="E47" t="s">
         <v>39</v>
       </c>
       <c r="F47" t="s">
         <v>164</v>
       </c>
       <c r="G47" t="s">
         <v>41</v>
       </c>
       <c r="H47">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>49</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>72</v>
       </c>
       <c r="N47" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="P47" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="B48" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>279</v>
+        <v>261</v>
       </c>
       <c r="E48" t="s">
         <v>39</v>
       </c>
       <c r="F48" t="s">
         <v>164</v>
       </c>
       <c r="G48" t="s">
         <v>41</v>
       </c>
       <c r="H48">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>49</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
         <v>72</v>
       </c>
       <c r="N48" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="O48" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="P48" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="B49" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="E49" t="s">
         <v>39</v>
       </c>
       <c r="F49" t="s">
         <v>164</v>
       </c>
       <c r="G49" t="s">
         <v>41</v>
       </c>
       <c r="H49">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>49</v>
       </c>
       <c r="K49" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
         <v>72</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="P49" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="B50" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="E50" t="s">
         <v>39</v>
       </c>
       <c r="F50" t="s">
         <v>164</v>
       </c>
       <c r="G50" t="s">
         <v>41</v>
       </c>
       <c r="H50">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>102</v>
+        <v>49</v>
       </c>
       <c r="K50" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
         <v>72</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="P50" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="B51" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>142</v>
+        <v>299</v>
       </c>
       <c r="E51" t="s">
         <v>39</v>
       </c>
       <c r="F51" t="s">
         <v>164</v>
       </c>
       <c r="G51" t="s">
         <v>41</v>
       </c>
       <c r="H51">
         <v>2013</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>102</v>
       </c>
       <c r="K51" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L51"/>
       <c r="M51" t="s">
         <v>72</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="P51" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="B52" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>158</v>
+        <v>142</v>
       </c>
       <c r="E52" t="s">
         <v>39</v>
       </c>
       <c r="F52" t="s">
         <v>164</v>
       </c>
       <c r="G52" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H52">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="I52">
         <v>2013</v>
       </c>
+      <c r="I52"/>
       <c r="J52" t="s">
-        <v>299</v>
+        <v>102</v>
       </c>
       <c r="K52" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="L52"/>
+        <v>143</v>
+      </c>
+      <c r="L52" t="s">
+        <v>304</v>
+      </c>
       <c r="M52" t="s">
         <v>72</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="P52" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B53" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>305</v>
+        <v>158</v>
       </c>
       <c r="E53" t="s">
         <v>39</v>
       </c>
       <c r="F53" t="s">
         <v>164</v>
       </c>
       <c r="G53" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H53">
+        <v>1992</v>
+      </c>
+      <c r="I53">
         <v>2013</v>
       </c>
-      <c r="I53"/>
       <c r="J53" t="s">
-        <v>23</v>
+        <v>309</v>
       </c>
       <c r="K53" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>72</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="P53" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="B54" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="E54" t="s">
         <v>39</v>
       </c>
       <c r="F54" t="s">
         <v>164</v>
       </c>
       <c r="G54" t="s">
         <v>41</v>
       </c>
       <c r="H54">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
         <v>72</v>
       </c>
       <c r="N54" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="P54" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="B55" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="C55" t="s">
-        <v>315</v>
+        <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="E55" t="s">
         <v>39</v>
       </c>
       <c r="F55" t="s">
         <v>164</v>
       </c>
       <c r="G55" t="s">
         <v>41</v>
       </c>
       <c r="H55">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>317</v>
+        <v>49</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>318</v>
+        <v>72</v>
       </c>
       <c r="N55" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="O55" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="P55" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B56" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C56" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="D56" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="E56" t="s">
         <v>39</v>
       </c>
       <c r="F56" t="s">
         <v>164</v>
       </c>
       <c r="G56" t="s">
         <v>41</v>
       </c>
       <c r="H56">
         <v>2020</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="P56" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="B57" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="C57" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="D57" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="E57" t="s">
         <v>39</v>
       </c>
       <c r="F57" t="s">
-        <v>329</v>
+        <v>164</v>
       </c>
       <c r="G57" t="s">
         <v>41</v>
       </c>
       <c r="H57">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I57"/>
       <c r="J57" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
-      <c r="L57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L57"/>
       <c r="M57" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="P57" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B58" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C58" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="D58" t="s">
-        <v>94</v>
+        <v>338</v>
       </c>
       <c r="E58" t="s">
         <v>39</v>
       </c>
       <c r="F58" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="G58" t="s">
-        <v>41</v>
+        <v>8</v>
       </c>
       <c r="H58">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="I58">
         <v>2024</v>
       </c>
       <c r="J58" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="M58" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="P58" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
+        <v>344</v>
+      </c>
+      <c r="B59" t="s">
+        <v>345</v>
+      </c>
+      <c r="C59" t="s">
+        <v>325</v>
+      </c>
+      <c r="D59" t="s">
+        <v>94</v>
+      </c>
+      <c r="E59" t="s">
+        <v>39</v>
+      </c>
+      <c r="F59" t="s">
         <v>339</v>
-      </c>
-[...13 lines deleted...]
-        <v>329</v>
       </c>
       <c r="G59" t="s">
         <v>41</v>
       </c>
       <c r="H59">
+        <v>2023</v>
+      </c>
+      <c r="I59">
         <v>2024</v>
       </c>
-      <c r="I59"/>
       <c r="J59" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="M59" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="P59" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B60" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C60" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="D60" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="E60" t="s">
         <v>39</v>
       </c>
       <c r="F60" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="G60" t="s">
         <v>41</v>
       </c>
       <c r="H60">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>317</v>
+        <v>340</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="M60" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="P60" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="B61" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C61" t="s">
-        <v>353</v>
+        <v>325</v>
       </c>
       <c r="D61" t="s">
-        <v>201</v>
+        <v>357</v>
       </c>
       <c r="E61" t="s">
         <v>39</v>
       </c>
       <c r="F61" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="G61" t="s">
         <v>41</v>
       </c>
       <c r="H61">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="M61" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="P61" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="B62" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="C62" t="s">
-        <v>315</v>
+        <v>363</v>
       </c>
       <c r="D62" t="s">
-        <v>359</v>
+        <v>202</v>
       </c>
       <c r="E62" t="s">
         <v>39</v>
       </c>
       <c r="F62" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="G62" t="s">
         <v>41</v>
       </c>
       <c r="H62">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I62">
         <v>2024</v>
       </c>
+      <c r="I62"/>
       <c r="J62" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="M62" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="P62" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="B63" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C63" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="D63" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="E63" t="s">
         <v>39</v>
       </c>
       <c r="F63" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="G63" t="s">
         <v>41</v>
       </c>
       <c r="H63">
         <v>2021</v>
       </c>
       <c r="I63">
         <v>2024</v>
       </c>
       <c r="J63" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="M63" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="P63" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="B64" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="C64" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="D64" t="s">
-        <v>19</v>
+        <v>375</v>
       </c>
       <c r="E64" t="s">
         <v>39</v>
       </c>
       <c r="F64" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="G64" t="s">
         <v>41</v>
       </c>
       <c r="H64">
         <v>2021</v>
       </c>
       <c r="I64">
         <v>2024</v>
       </c>
       <c r="J64" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="M64" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="P64" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="B65" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="C65" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="D65" t="s">
-        <v>376</v>
+        <v>19</v>
       </c>
       <c r="E65" t="s">
         <v>39</v>
       </c>
       <c r="F65" t="s">
-        <v>40</v>
+        <v>339</v>
       </c>
       <c r="G65" t="s">
         <v>41</v>
       </c>
       <c r="H65">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="I65"/>
+        <v>2021</v>
+      </c>
+      <c r="I65">
+        <v>2024</v>
+      </c>
       <c r="J65" t="s">
-        <v>377</v>
+        <v>340</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
-      <c r="L65"/>
+      <c r="L65" t="s">
+        <v>381</v>
+      </c>
       <c r="M65" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="P65" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="B66" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="C66" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="D66" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="E66" t="s">
         <v>39</v>
       </c>
       <c r="F66" t="s">
-        <v>329</v>
+        <v>40</v>
       </c>
       <c r="G66" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H66">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="I66"/>
       <c r="J66" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
-      <c r="L66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L66"/>
       <c r="M66" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="P66" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="B67" t="s">
-        <v>381</v>
+        <v>391</v>
       </c>
       <c r="C67" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="D67" t="s">
-        <v>382</v>
+        <v>392</v>
       </c>
       <c r="E67" t="s">
         <v>39</v>
       </c>
       <c r="F67" t="s">
-        <v>40</v>
+        <v>339</v>
       </c>
       <c r="G67" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H67">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="I67"/>
+        <v>2007</v>
+      </c>
+      <c r="I67">
+        <v>2013</v>
+      </c>
       <c r="J67" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="M67" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="P67" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B68" t="s">
         <v>391</v>
       </c>
       <c r="C68" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="D68" t="s">
         <v>392</v>
       </c>
       <c r="E68" t="s">
         <v>39</v>
       </c>
       <c r="F68" t="s">
         <v>40</v>
       </c>
       <c r="G68" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H68">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="I68"/>
       <c r="J68" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="M68" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="P68" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="B69" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
       <c r="C69" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="D69" t="s">
-        <v>376</v>
+        <v>402</v>
       </c>
       <c r="E69" t="s">
         <v>39</v>
       </c>
       <c r="F69" t="s">
         <v>40</v>
       </c>
       <c r="G69" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H69">
         <v>2007</v>
       </c>
-      <c r="I69"/>
+      <c r="I69">
+        <v>2015</v>
+      </c>
       <c r="J69" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="M69" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="P69" t="s">
-        <v>389</v>
+        <v>405</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="B70" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C70" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="D70" t="s">
-        <v>19</v>
+        <v>386</v>
       </c>
       <c r="E70" t="s">
         <v>39</v>
       </c>
       <c r="F70" t="s">
         <v>40</v>
       </c>
       <c r="G70" t="s">
         <v>41</v>
       </c>
       <c r="H70">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="M70" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="P70" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="B71" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="C71" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="D71" t="s">
-        <v>406</v>
+        <v>19</v>
       </c>
       <c r="E71" t="s">
         <v>39</v>
       </c>
       <c r="F71" t="s">
-        <v>329</v>
+        <v>40</v>
       </c>
       <c r="G71" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H71">
-        <v>1993</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I71"/>
       <c r="J71" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="M71" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="P71" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="B72" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="C72" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="D72" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="E72" t="s">
         <v>39</v>
       </c>
       <c r="F72" t="s">
-        <v>40</v>
+        <v>339</v>
       </c>
       <c r="G72" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H72">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I72"/>
+        <v>1993</v>
+      </c>
+      <c r="I72">
+        <v>2007</v>
+      </c>
       <c r="J72" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="M72" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="P72" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="B73" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="C73" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="D73" t="s">
-        <v>94</v>
+        <v>422</v>
       </c>
       <c r="E73" t="s">
         <v>39</v>
       </c>
       <c r="F73" t="s">
         <v>40</v>
       </c>
       <c r="G73" t="s">
         <v>41</v>
       </c>
       <c r="H73">
         <v>2013</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="M73" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="P73" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="B74" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="C74" t="s">
-        <v>18</v>
+        <v>325</v>
       </c>
       <c r="D74" t="s">
-        <v>423</v>
+        <v>94</v>
       </c>
       <c r="E74" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F74" t="s">
-        <v>164</v>
+        <v>40</v>
       </c>
       <c r="G74" t="s">
         <v>41</v>
       </c>
       <c r="H74">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>49</v>
+        <v>387</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
-      <c r="L74"/>
-      <c r="M74"/>
+      <c r="L74" t="s">
+        <v>428</v>
+      </c>
+      <c r="M74" t="s">
+        <v>328</v>
+      </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="P74" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="B75" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="C75" t="s">
-        <v>123</v>
+        <v>18</v>
       </c>
       <c r="D75" t="s">
-        <v>48</v>
+        <v>433</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>164</v>
       </c>
       <c r="G75" t="s">
         <v>41</v>
       </c>
       <c r="H75">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
         <v>49</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="P75" t="s">
-        <v>429</v>
+        <v>435</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>436</v>
+      </c>
+      <c r="B76" t="s">
+        <v>437</v>
+      </c>
+      <c r="C76" t="s">
+        <v>123</v>
+      </c>
+      <c r="D76" t="s">
+        <v>48</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>164</v>
+      </c>
+      <c r="G76" t="s">
+        <v>41</v>
+      </c>
+      <c r="H76">
+        <v>2013</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>49</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76"/>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>438</v>
+      </c>
+      <c r="P76" t="s">
+        <v>439</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">