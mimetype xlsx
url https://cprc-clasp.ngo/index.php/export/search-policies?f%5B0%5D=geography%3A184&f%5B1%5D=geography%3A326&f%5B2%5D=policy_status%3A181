--- v0 (2025-10-10)
+++ v1 (2025-12-06)
@@ -12,224 +12,261 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products</t>
   </si>
   <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -493,433 +530,484 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="178" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="178.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="257.08" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>44</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>49</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>31</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...188 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>49</v>
+      </c>
+      <c r="G7" t="s">
+        <v>53</v>
       </c>
       <c r="H7">
         <v>2010</v>
       </c>
-      <c r="I7" t="s">
+      <c r="I7">
+        <v>2010</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>54</v>
+      </c>
+      <c r="P7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>55</v>
+      </c>
+      <c r="B8" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>36</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...3 lines deleted...]
-      <c r="L7" t="s">
+      <c r="F8" t="s">
+        <v>49</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N7" t="s">
-[...35 lines deleted...]
-      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N8" t="s">
-        <v>44</v>
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>56</v>
+      </c>
+      <c r="P8" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>