--- v0 (2025-12-12)
+++ v1 (2026-02-21)
@@ -5167,51 +5167,51 @@
       </c>
       <c r="P64" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>287</v>
       </c>
       <c r="B65" t="s">
         <v>288</v>
       </c>
       <c r="C65" t="s">
         <v>31</v>
       </c>
       <c r="D65" t="s">
         <v>289</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>290</v>
       </c>
       <c r="G65" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H65">
         <v>2021</v>
       </c>
       <c r="I65">
         <v>2024</v>
       </c>
       <c r="J65" t="s">
         <v>291</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
         <v>292</v>
       </c>
       <c r="M65" t="s">
         <v>35</v>
       </c>
       <c r="N65" t="s">
         <v>26</v>
       </c>
       <c r="O65" t="s">
         <v>293</v>
       </c>