--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,191 +12,210 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
+  </si>
+  <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -460,233 +479,254 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="119" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...31 lines deleted...]
-        <v>33</v>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>