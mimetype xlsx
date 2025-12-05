--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,191 +12,210 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
+  </si>
+  <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -460,229 +479,250 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="119" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="572.003" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
       <c r="M2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...27 lines deleted...]
-        <v>33</v>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>