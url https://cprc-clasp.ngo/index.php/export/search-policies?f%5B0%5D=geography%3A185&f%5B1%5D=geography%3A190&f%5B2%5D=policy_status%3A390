--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,748 +12,359 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>Conpet Seal Gas stoves and ovens</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
+  </si>
+  <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>Cooktops or Hobs</t>
-[...20 lines deleted...]
-    <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
-[...2 lines deleted...]
-    <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-290-7-july-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
+    <t>INTE E18-2 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
+    <t>INTE E20-1 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E21-1 2016</t>
+  </si>
+  <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E21-2 2016</t>
+  </si>
+  <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
+    <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
+  </si>
+  <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...179 lines deleted...]
-    <t>Costa Rica</t>
+    <t>Ministry of Mines and Energy (MME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
+    <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
-  </si>
-[...232 lines deleted...]
-    <t>Ordinance No. 2 of 29 December 2022</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
-    <t>Procel Seal - Air Conditioners</t>
-[...2 lines deleted...]
-    <t>NBR 5858, NBR 5882, NBR 12010.</t>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
+    <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
-    <t>Procel Seal - CFLs with Integrated Ballasts</t>
-[...50 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
-    <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
-  </si>
-[...25 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1017,2881 +628,674 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N65"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="75" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="117" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="575.574" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="238.228" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2021</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>40</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>35</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>61</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>62</v>
+      </c>
+      <c r="M8" t="s">
+        <v>55</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
+        <v>68</v>
+      </c>
+      <c r="F9" t="s">
+        <v>69</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
-[...5 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" t="s">
+        <v>69</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H10">
+        <v>2018</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>71</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E11" t="s">
+        <v>68</v>
+      </c>
+      <c r="F11" t="s">
+        <v>69</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>80</v>
+      </c>
+      <c r="M11" t="s">
+        <v>71</v>
+      </c>
+      <c r="N11" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...28 lines deleted...]
-        <v>33</v>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>82</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...280 lines deleted...]
-      <c r="G10">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>85</v>
+      </c>
+      <c r="E12" t="s">
+        <v>68</v>
+      </c>
+      <c r="F12" t="s">
+        <v>69</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2010</v>
       </c>
-      <c r="H10">
-[...92 lines deleted...]
-      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="K12" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="N12" t="s">
-        <v>70</v>
-[...121 lines deleted...]
-      <c r="K15" t="s">
+        <v>87</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
         <v>82</v>
-      </c>
-[...2125 lines deleted...]
-        <v>218</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>