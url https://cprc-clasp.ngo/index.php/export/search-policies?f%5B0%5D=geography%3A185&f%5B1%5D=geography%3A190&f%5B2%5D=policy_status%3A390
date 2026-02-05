--- v1 (2025-12-05)
+++ v2 (2026-02-05)
@@ -143,51 +143,51 @@
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -651,51 +651,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="575.574" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="238.228" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="219.375" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">