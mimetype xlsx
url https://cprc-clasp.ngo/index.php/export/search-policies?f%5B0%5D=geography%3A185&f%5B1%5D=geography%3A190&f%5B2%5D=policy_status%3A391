--- v0 (2025-10-10)
+++ v1 (2025-12-06)
@@ -12,659 +12,955 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electric-motors</t>
   </si>
   <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
     <t>Procel Seal - Televisions</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
   </si>
   <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -928,2433 +1224,2760 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N54"/>
+  <dimension ref="A1:P54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="75" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="117" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="833.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2006</v>
+      </c>
+      <c r="I3">
+        <v>2022</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1984</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2008</v>
       </c>
-      <c r="H2">
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I7">
+        <v>2021</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2021</v>
+      </c>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2001</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>37</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>35</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>91</v>
+      </c>
+      <c r="M12" t="s">
+        <v>37</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>96</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" t="s">
+        <v>97</v>
+      </c>
+      <c r="L13" t="s">
+        <v>98</v>
+      </c>
+      <c r="M13" t="s">
+        <v>37</v>
+      </c>
+      <c r="N13" t="s">
+        <v>99</v>
+      </c>
+      <c r="O13" t="s">
+        <v>100</v>
+      </c>
+      <c r="P13" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>102</v>
+      </c>
+      <c r="B14" t="s">
+        <v>103</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14">
+        <v>2022</v>
+      </c>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>104</v>
+      </c>
+      <c r="M14" t="s">
+        <v>37</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>54</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
+        <v>2022</v>
+      </c>
+      <c r="J15" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>109</v>
+      </c>
+      <c r="M15" t="s">
+        <v>37</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>110</v>
+      </c>
+      <c r="P15" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>114</v>
+      </c>
+      <c r="D16" t="s">
+        <v>115</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>116</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2001</v>
+      </c>
+      <c r="I16">
+        <v>2015</v>
+      </c>
+      <c r="J16" t="s">
+        <v>117</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>118</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C17" t="s">
+        <v>114</v>
+      </c>
+      <c r="D17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2001</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>117</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>118</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>123</v>
+      </c>
+      <c r="P17" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" t="s">
+        <v>114</v>
+      </c>
+      <c r="D18" t="s">
+        <v>78</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>116</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2001</v>
+      </c>
+      <c r="I18">
+        <v>2015</v>
+      </c>
+      <c r="J18" t="s">
+        <v>117</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>118</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>127</v>
+      </c>
+      <c r="P18" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>129</v>
+      </c>
+      <c r="B19" t="s">
+        <v>130</v>
+      </c>
+      <c r="C19" t="s">
+        <v>114</v>
+      </c>
+      <c r="D19" t="s">
+        <v>78</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2001</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>117</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>118</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>131</v>
+      </c>
+      <c r="P19" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>133</v>
+      </c>
+      <c r="B20" t="s">
+        <v>134</v>
+      </c>
+      <c r="C20" t="s">
+        <v>114</v>
+      </c>
+      <c r="D20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" t="s">
+        <v>116</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2000</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>117</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20" t="s">
+        <v>135</v>
+      </c>
+      <c r="M20" t="s">
+        <v>118</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>136</v>
+      </c>
+      <c r="P20" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>138</v>
+      </c>
+      <c r="B21" t="s">
+        <v>139</v>
+      </c>
+      <c r="C21" t="s">
+        <v>114</v>
+      </c>
+      <c r="D21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2000</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>117</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>118</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>140</v>
+      </c>
+      <c r="P21" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>142</v>
+      </c>
+      <c r="B22" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" t="s">
+        <v>114</v>
+      </c>
+      <c r="D22" t="s">
+        <v>144</v>
+      </c>
+      <c r="E22" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" t="s">
+        <v>116</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1996</v>
+      </c>
+      <c r="I22">
+        <v>2017</v>
+      </c>
+      <c r="J22" t="s">
+        <v>117</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>118</v>
+      </c>
+      <c r="N22" t="s">
+        <v>145</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" t="s">
+        <v>114</v>
+      </c>
+      <c r="D23" t="s">
+        <v>144</v>
+      </c>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1996</v>
+      </c>
+      <c r="I23">
+        <v>2018</v>
+      </c>
+      <c r="J23" t="s">
+        <v>117</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>118</v>
+      </c>
+      <c r="N23" t="s">
+        <v>145</v>
+      </c>
+      <c r="O23" t="s">
+        <v>150</v>
+      </c>
+      <c r="P23" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>152</v>
+      </c>
+      <c r="B24" t="s">
+        <v>153</v>
+      </c>
+      <c r="C24" t="s">
+        <v>114</v>
+      </c>
+      <c r="D24" t="s">
+        <v>48</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" t="s">
+        <v>116</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>1996</v>
+      </c>
+      <c r="I24">
+        <v>2019</v>
+      </c>
+      <c r="J24" t="s">
+        <v>154</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24" t="s">
+        <v>155</v>
+      </c>
+      <c r="M24" t="s">
+        <v>118</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>156</v>
+      </c>
+      <c r="P24" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>158</v>
+      </c>
+      <c r="B25" t="s">
+        <v>159</v>
+      </c>
+      <c r="C25" t="s">
+        <v>114</v>
+      </c>
+      <c r="D25" t="s">
+        <v>48</v>
+      </c>
+      <c r="E25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>1996</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>154</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25" t="s">
+        <v>155</v>
+      </c>
+      <c r="M25" t="s">
+        <v>118</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>160</v>
+      </c>
+      <c r="P25" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>162</v>
+      </c>
+      <c r="B26" t="s">
+        <v>163</v>
+      </c>
+      <c r="C26" t="s">
+        <v>114</v>
+      </c>
+      <c r="D26" t="s">
+        <v>164</v>
+      </c>
+      <c r="E26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" t="s">
+        <v>116</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1996</v>
+      </c>
+      <c r="I26">
+        <v>2017</v>
+      </c>
+      <c r="J26" t="s">
+        <v>117</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26" t="s">
+        <v>165</v>
+      </c>
+      <c r="M26" t="s">
+        <v>118</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>166</v>
+      </c>
+      <c r="P26" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>168</v>
+      </c>
+      <c r="B27" t="s">
+        <v>169</v>
+      </c>
+      <c r="C27" t="s">
+        <v>114</v>
+      </c>
+      <c r="D27" t="s">
+        <v>164</v>
+      </c>
+      <c r="E27" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1996</v>
+      </c>
+      <c r="I27">
+        <v>2017</v>
+      </c>
+      <c r="J27" t="s">
+        <v>117</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>118</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>170</v>
+      </c>
+      <c r="P27" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>172</v>
+      </c>
+      <c r="B28" t="s">
+        <v>173</v>
+      </c>
+      <c r="C28" t="s">
+        <v>114</v>
+      </c>
+      <c r="D28" t="s">
+        <v>174</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2016</v>
+      </c>
+      <c r="I28">
+        <v>2020</v>
+      </c>
+      <c r="J28" t="s">
+        <v>154</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>118</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>175</v>
+      </c>
+      <c r="P28" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>172</v>
+      </c>
+      <c r="B29" t="s">
+        <v>177</v>
+      </c>
+      <c r="C29" t="s">
+        <v>114</v>
+      </c>
+      <c r="D29" t="s">
+        <v>174</v>
+      </c>
+      <c r="E29" t="s">
+        <v>33</v>
+      </c>
+      <c r="F29" t="s">
+        <v>116</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29">
+        <v>2020</v>
+      </c>
+      <c r="J29" t="s">
+        <v>154</v>
+      </c>
+      <c r="K29" t="s">
+        <v>36</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>118</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>178</v>
+      </c>
+      <c r="P29" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>180</v>
+      </c>
+      <c r="B30" t="s">
+        <v>181</v>
+      </c>
+      <c r="C30" t="s">
+        <v>114</v>
+      </c>
+      <c r="D30" t="s">
+        <v>32</v>
+      </c>
+      <c r="E30" t="s">
+        <v>33</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2016</v>
+      </c>
+      <c r="I30">
+        <v>2020</v>
+      </c>
+      <c r="J30" t="s">
+        <v>154</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>118</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>182</v>
+      </c>
+      <c r="P30" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>180</v>
+      </c>
+      <c r="B31" t="s">
+        <v>184</v>
+      </c>
+      <c r="C31" t="s">
+        <v>114</v>
+      </c>
+      <c r="D31" t="s">
+        <v>32</v>
+      </c>
+      <c r="E31" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2016</v>
+      </c>
+      <c r="I31">
+        <v>2020</v>
+      </c>
+      <c r="J31" t="s">
+        <v>154</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>118</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>185</v>
+      </c>
+      <c r="P31" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>187</v>
+      </c>
+      <c r="B32" t="s">
+        <v>188</v>
+      </c>
+      <c r="C32" t="s">
+        <v>114</v>
+      </c>
+      <c r="D32" t="s">
+        <v>189</v>
+      </c>
+      <c r="E32" t="s">
+        <v>33</v>
+      </c>
+      <c r="F32" t="s">
+        <v>116</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2000</v>
+      </c>
+      <c r="I32">
+        <v>2016</v>
+      </c>
+      <c r="J32" t="s">
+        <v>117</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>118</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>190</v>
+      </c>
+      <c r="P32" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>192</v>
+      </c>
+      <c r="B33" t="s">
+        <v>193</v>
+      </c>
+      <c r="C33" t="s">
+        <v>114</v>
+      </c>
+      <c r="D33" t="s">
+        <v>189</v>
+      </c>
+      <c r="E33" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" t="s">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2000</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
+      <c r="J33" t="s">
+        <v>154</v>
+      </c>
+      <c r="K33" t="s">
+        <v>36</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>118</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>194</v>
+      </c>
+      <c r="P33" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>196</v>
+      </c>
+      <c r="B34" t="s">
+        <v>197</v>
+      </c>
+      <c r="C34" t="s">
+        <v>114</v>
+      </c>
+      <c r="D34" t="s">
+        <v>189</v>
+      </c>
+      <c r="E34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" t="s">
+        <v>34</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2016</v>
+      </c>
+      <c r="I34">
+        <v>2020</v>
+      </c>
+      <c r="J34" t="s">
+        <v>154</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>118</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>198</v>
+      </c>
+      <c r="P34" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>200</v>
+      </c>
+      <c r="B35" t="s">
+        <v>201</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>48</v>
+      </c>
+      <c r="E35" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" t="s">
+        <v>116</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2007</v>
+      </c>
+      <c r="I35">
+        <v>2022</v>
+      </c>
+      <c r="J35" t="s">
+        <v>35</v>
+      </c>
+      <c r="K35" t="s">
+        <v>36</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>202</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>203</v>
+      </c>
+      <c r="P35" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>205</v>
+      </c>
+      <c r="B36" t="s">
+        <v>206</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>32</v>
+      </c>
+      <c r="E36" t="s">
+        <v>33</v>
+      </c>
+      <c r="F36" t="s">
+        <v>116</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2006</v>
+      </c>
+      <c r="I36">
+        <v>2010</v>
+      </c>
+      <c r="J36" t="s">
+        <v>35</v>
+      </c>
+      <c r="K36" t="s">
+        <v>36</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>202</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>207</v>
+      </c>
+      <c r="P36" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>209</v>
+      </c>
+      <c r="B37" t="s">
+        <v>210</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>32</v>
+      </c>
+      <c r="E37" t="s">
+        <v>33</v>
+      </c>
+      <c r="F37" t="s">
+        <v>116</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2006</v>
+      </c>
+      <c r="I37">
+        <v>2010</v>
+      </c>
+      <c r="J37" t="s">
+        <v>35</v>
+      </c>
+      <c r="K37" t="s">
+        <v>36</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>202</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>211</v>
+      </c>
+      <c r="P37" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>213</v>
+      </c>
+      <c r="B38" t="s">
+        <v>214</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>215</v>
+      </c>
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>116</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2008</v>
+      </c>
+      <c r="I38">
+        <v>2011</v>
+      </c>
+      <c r="J38" t="s">
+        <v>35</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>202</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>216</v>
+      </c>
+      <c r="P38" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>218</v>
+      </c>
+      <c r="B39" t="s">
+        <v>219</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>54</v>
+      </c>
+      <c r="E39" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" t="s">
+        <v>116</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2007</v>
+      </c>
+      <c r="I39">
+        <v>2011</v>
+      </c>
+      <c r="J39" t="s">
+        <v>35</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>202</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>220</v>
+      </c>
+      <c r="P39" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>222</v>
+      </c>
+      <c r="B40" t="s">
+        <v>223</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>78</v>
+      </c>
+      <c r="E40" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" t="s">
+        <v>116</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2007</v>
+      </c>
+      <c r="I40">
+        <v>2018</v>
+      </c>
+      <c r="J40" t="s">
+        <v>35</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>202</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>224</v>
+      </c>
+      <c r="P40" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>226</v>
+      </c>
+      <c r="B41" t="s">
+        <v>227</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>144</v>
+      </c>
+      <c r="E41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F41" t="s">
+        <v>116</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2002</v>
+      </c>
+      <c r="I41">
+        <v>2017</v>
+      </c>
+      <c r="J41" t="s">
+        <v>35</v>
+      </c>
+      <c r="K41" t="s">
+        <v>36</v>
+      </c>
+      <c r="L41" t="s">
+        <v>228</v>
+      </c>
+      <c r="M41" t="s">
+        <v>202</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>229</v>
+      </c>
+      <c r="P41" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>231</v>
+      </c>
+      <c r="B42" t="s">
+        <v>232</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>233</v>
+      </c>
+      <c r="E42" t="s">
+        <v>33</v>
+      </c>
+      <c r="F42" t="s">
+        <v>116</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2008</v>
+      </c>
+      <c r="I42">
+        <v>2017</v>
+      </c>
+      <c r="J42" t="s">
+        <v>35</v>
+      </c>
+      <c r="K42" t="s">
+        <v>36</v>
+      </c>
+      <c r="L42" t="s">
+        <v>234</v>
+      </c>
+      <c r="M42" t="s">
+        <v>202</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>235</v>
+      </c>
+      <c r="P42" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>237</v>
+      </c>
+      <c r="B43" t="s">
+        <v>238</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>48</v>
+      </c>
+      <c r="E43" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F43" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...34 lines deleted...]
-      <c r="H3">
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>1993</v>
+      </c>
+      <c r="I43">
         <v>2022</v>
       </c>
-      <c r="I3" t="s">
-[...6 lines deleted...]
-      <c r="L3" t="s">
+      <c r="J43" t="s">
+        <v>35</v>
+      </c>
+      <c r="K43" t="s">
+        <v>36</v>
+      </c>
+      <c r="L43" t="s">
+        <v>239</v>
+      </c>
+      <c r="M43" t="s">
+        <v>240</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>241</v>
+      </c>
+      <c r="P43" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>243</v>
+      </c>
+      <c r="B44" t="s">
+        <v>244</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
         <v>32</v>
       </c>
-      <c r="M3" t="s">
-[...13 lines deleted...]
-      <c r="C4" t="s">
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>1993</v>
+      </c>
+      <c r="I44">
+        <v>2012</v>
+      </c>
+      <c r="J44" t="s">
         <v>35</v>
       </c>
-      <c r="D4" t="s">
-[...11 lines deleted...]
-      <c r="H4">
+      <c r="K44" t="s">
+        <v>36</v>
+      </c>
+      <c r="L44" t="s">
+        <v>245</v>
+      </c>
+      <c r="M44" t="s">
+        <v>240</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>246</v>
+      </c>
+      <c r="P44" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>247</v>
+      </c>
+      <c r="B45" t="s">
+        <v>248</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>42</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>1993</v>
+      </c>
+      <c r="I45">
+        <v>2010</v>
+      </c>
+      <c r="J45" t="s">
+        <v>35</v>
+      </c>
+      <c r="K45" t="s">
+        <v>36</v>
+      </c>
+      <c r="L45" t="s">
+        <v>249</v>
+      </c>
+      <c r="M45" t="s">
+        <v>240</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>250</v>
+      </c>
+      <c r="P45" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>251</v>
+      </c>
+      <c r="B46" t="s">
+        <v>252</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>144</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>1995</v>
+      </c>
+      <c r="I46">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...8 lines deleted...]
-      <c r="L4" t="s">
+      <c r="J46" t="s">
+        <v>35</v>
+      </c>
+      <c r="K46" t="s">
+        <v>36</v>
+      </c>
+      <c r="L46" t="s">
+        <v>253</v>
+      </c>
+      <c r="M46" t="s">
+        <v>240</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>254</v>
+      </c>
+      <c r="P46" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>255</v>
+      </c>
+      <c r="B47" t="s">
+        <v>256</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>257</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>1993</v>
+      </c>
+      <c r="I47">
+        <v>2010</v>
+      </c>
+      <c r="J47" t="s">
+        <v>35</v>
+      </c>
+      <c r="K47" t="s">
+        <v>36</v>
+      </c>
+      <c r="L47" t="s">
+        <v>258</v>
+      </c>
+      <c r="M47" t="s">
+        <v>240</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>259</v>
+      </c>
+      <c r="P47" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>260</v>
+      </c>
+      <c r="B48" t="s">
+        <v>261</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>257</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1993</v>
+      </c>
+      <c r="I48">
+        <v>2013</v>
+      </c>
+      <c r="J48" t="s">
+        <v>35</v>
+      </c>
+      <c r="K48" t="s">
+        <v>36</v>
+      </c>
+      <c r="L48" t="s">
+        <v>262</v>
+      </c>
+      <c r="M48" t="s">
+        <v>240</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>263</v>
+      </c>
+      <c r="P48" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>265</v>
+      </c>
+      <c r="B49" t="s">
+        <v>266</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
         <v>32</v>
       </c>
-      <c r="M4" t="s">
-[...40 lines deleted...]
-      <c r="L5" t="s">
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>1993</v>
+      </c>
+      <c r="I49">
+        <v>2016</v>
+      </c>
+      <c r="J49" t="s">
+        <v>35</v>
+      </c>
+      <c r="K49" t="s">
+        <v>36</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>240</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>267</v>
+      </c>
+      <c r="P49" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>268</v>
+      </c>
+      <c r="B50" t="s">
+        <v>269</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>78</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>1993</v>
+      </c>
+      <c r="I50">
+        <v>2016</v>
+      </c>
+      <c r="J50" t="s">
+        <v>35</v>
+      </c>
+      <c r="K50" t="s">
+        <v>36</v>
+      </c>
+      <c r="L50" t="s">
+        <v>270</v>
+      </c>
+      <c r="M50" t="s">
+        <v>240</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>271</v>
+      </c>
+      <c r="P50" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>272</v>
+      </c>
+      <c r="B51" t="s">
+        <v>273</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
         <v>32</v>
       </c>
-      <c r="M5" t="s">
-[...69 lines deleted...]
-      <c r="G7">
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>1993</v>
+      </c>
+      <c r="I51">
+        <v>2010</v>
+      </c>
+      <c r="J51" t="s">
+        <v>35</v>
+      </c>
+      <c r="K51" t="s">
+        <v>36</v>
+      </c>
+      <c r="L51" t="s">
+        <v>274</v>
+      </c>
+      <c r="M51" t="s">
+        <v>240</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>275</v>
+      </c>
+      <c r="P51" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>276</v>
+      </c>
+      <c r="B52" t="s">
+        <v>277</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>96</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52"/>
+      <c r="I52">
+        <v>2010</v>
+      </c>
+      <c r="J52" t="s">
+        <v>35</v>
+      </c>
+      <c r="K52" t="s">
+        <v>97</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>240</v>
+      </c>
+      <c r="N52" t="s">
+        <v>99</v>
+      </c>
+      <c r="O52" t="s">
+        <v>278</v>
+      </c>
+      <c r="P52" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>279</v>
+      </c>
+      <c r="B53" t="s">
+        <v>280</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>281</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1997</v>
+      </c>
+      <c r="I53">
         <v>2011</v>
       </c>
-      <c r="H7">
-[...84 lines deleted...]
-      <c r="G9">
+      <c r="J53" t="s">
+        <v>35</v>
+      </c>
+      <c r="K53" t="s">
+        <v>36</v>
+      </c>
+      <c r="L53" t="s">
+        <v>282</v>
+      </c>
+      <c r="M53" t="s">
+        <v>240</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>283</v>
+      </c>
+      <c r="P53" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>284</v>
+      </c>
+      <c r="B54" t="s">
+        <v>285</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>84</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
         <v>2010</v>
       </c>
-      <c r="H9">
-[...561 lines deleted...]
-      <c r="H22">
+      <c r="I54">
         <v>2017</v>
       </c>
-      <c r="I22" t="s">
-[...961 lines deleted...]
-      <c r="C45" t="s">
+      <c r="J54" t="s">
         <v>35</v>
       </c>
-      <c r="D45" t="s">
-[...409 lines deleted...]
-      </c>
       <c r="K54" t="s">
-        <v>188</v>
+        <v>36</v>
       </c>
       <c r="L54" t="s">
-        <v>155</v>
+        <v>286</v>
       </c>
       <c r="M54" t="s">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="N54" t="s">
-        <v>189</v>
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>287</v>
+      </c>
+      <c r="P54" t="s">
+        <v>242</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>