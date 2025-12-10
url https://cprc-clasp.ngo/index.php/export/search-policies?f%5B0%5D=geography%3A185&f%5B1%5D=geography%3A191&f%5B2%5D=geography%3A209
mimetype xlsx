--- v0 (2025-10-11)
+++ v1 (2025-12-10)
@@ -12,676 +12,915 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="274">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
   </si>
   <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-290-7-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
     <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electric-motors</t>
   </si>
   <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
     <t>Procel Seal - Televisions</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
   <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
+  </si>
+  <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -945,2161 +1184,2448 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N48"/>
+  <dimension ref="A1:P48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="127" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="592.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="198.095" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="219.375" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>38</v>
+      </c>
+      <c r="L3" t="s">
+        <v>39</v>
+      </c>
+      <c r="M3" t="s">
+        <v>40</v>
+      </c>
+      <c r="N3" t="s">
+        <v>41</v>
+      </c>
+      <c r="O3" t="s">
+        <v>42</v>
+      </c>
+      <c r="P3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F4" t="s">
+        <v>48</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4">
+        <v>2006</v>
+      </c>
+      <c r="I4">
+        <v>2022</v>
+      </c>
+      <c r="J4" t="s">
+        <v>49</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N4" t="s">
+        <v>41</v>
+      </c>
+      <c r="O4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5">
+        <v>1984</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>41</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>50</v>
+      </c>
+      <c r="N6" t="s">
+        <v>41</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" t="s">
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2021</v>
+      </c>
+      <c r="J7" t="s">
+        <v>49</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>50</v>
+      </c>
+      <c r="N7" t="s">
+        <v>41</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>48</v>
+      </c>
+      <c r="G8" t="s">
+        <v>36</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2021</v>
+      </c>
+      <c r="J8" t="s">
+        <v>49</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>50</v>
+      </c>
+      <c r="N8" t="s">
+        <v>41</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>49</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>50</v>
+      </c>
+      <c r="N9" t="s">
+        <v>41</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>85</v>
+      </c>
+      <c r="E10" t="s">
+        <v>47</v>
+      </c>
+      <c r="F10" t="s">
+        <v>48</v>
+      </c>
+      <c r="G10" t="s">
+        <v>36</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>49</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>50</v>
+      </c>
+      <c r="N10" t="s">
+        <v>41</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>91</v>
+      </c>
+      <c r="E11" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" t="s">
+        <v>48</v>
+      </c>
+      <c r="G11" t="s">
+        <v>36</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>49</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>92</v>
+      </c>
+      <c r="M11" t="s">
+        <v>50</v>
+      </c>
+      <c r="N11" t="s">
+        <v>41</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>97</v>
+      </c>
+      <c r="E12" t="s">
+        <v>47</v>
+      </c>
+      <c r="F12" t="s">
+        <v>48</v>
+      </c>
+      <c r="G12" t="s">
+        <v>36</v>
+      </c>
+      <c r="H12">
+        <v>2001</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>49</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>98</v>
+      </c>
+      <c r="M12" t="s">
+        <v>50</v>
+      </c>
+      <c r="N12" t="s">
+        <v>41</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>103</v>
+      </c>
+      <c r="E13" t="s">
+        <v>47</v>
+      </c>
+      <c r="F13" t="s">
+        <v>48</v>
+      </c>
+      <c r="G13" t="s">
+        <v>36</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>49</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>104</v>
+      </c>
+      <c r="M13" t="s">
+        <v>50</v>
+      </c>
+      <c r="N13" t="s">
+        <v>41</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>109</v>
+      </c>
+      <c r="E14" t="s">
+        <v>47</v>
+      </c>
+      <c r="F14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G14" t="s">
+        <v>36</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>49</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>110</v>
+      </c>
+      <c r="M14" t="s">
+        <v>50</v>
+      </c>
+      <c r="N14" t="s">
+        <v>41</v>
+      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>115</v>
+      </c>
+      <c r="E15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F15" t="s">
+        <v>48</v>
+      </c>
+      <c r="G15" t="s">
+        <v>36</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>49</v>
+      </c>
+      <c r="K15" t="s">
+        <v>116</v>
+      </c>
+      <c r="L15" t="s">
+        <v>117</v>
+      </c>
+      <c r="M15" t="s">
+        <v>50</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>46</v>
+      </c>
+      <c r="E16" t="s">
+        <v>47</v>
+      </c>
+      <c r="F16" t="s">
+        <v>48</v>
+      </c>
+      <c r="G16" t="s">
+        <v>36</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16">
+        <v>2022</v>
+      </c>
+      <c r="J16" t="s">
+        <v>49</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>122</v>
+      </c>
+      <c r="M16" t="s">
+        <v>50</v>
+      </c>
+      <c r="N16" t="s">
+        <v>41</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" t="s">
+        <v>67</v>
+      </c>
+      <c r="E17" t="s">
+        <v>47</v>
+      </c>
+      <c r="F17" t="s">
+        <v>48</v>
+      </c>
+      <c r="G17" t="s">
+        <v>36</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2022</v>
+      </c>
+      <c r="J17" t="s">
+        <v>49</v>
+      </c>
+      <c r="K17" t="s">
+        <v>38</v>
+      </c>
+      <c r="L17" t="s">
+        <v>127</v>
+      </c>
+      <c r="M17" t="s">
+        <v>50</v>
+      </c>
+      <c r="N17" t="s">
+        <v>41</v>
+      </c>
+      <c r="O17" t="s">
+        <v>128</v>
+      </c>
+      <c r="P17" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>130</v>
+      </c>
+      <c r="B18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C18" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D18" t="s">
+        <v>109</v>
+      </c>
+      <c r="E18" t="s">
+        <v>34</v>
+      </c>
+      <c r="F18" t="s">
+        <v>132</v>
+      </c>
+      <c r="G18" t="s">
+        <v>133</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>134</v>
+      </c>
+      <c r="N18" t="s">
+        <v>41</v>
+      </c>
+      <c r="O18" t="s">
+        <v>135</v>
+      </c>
+      <c r="P18"/>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>136</v>
+      </c>
+      <c r="B19" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>138</v>
+      </c>
+      <c r="E19" t="s">
+        <v>34</v>
+      </c>
+      <c r="F19" t="s">
+        <v>132</v>
+      </c>
+      <c r="G19" t="s">
+        <v>133</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>139</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>140</v>
+      </c>
+      <c r="M19" t="s">
+        <v>134</v>
+      </c>
+      <c r="N19" t="s">
+        <v>41</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19"/>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20" t="s">
+        <v>61</v>
+      </c>
+      <c r="E20" t="s">
+        <v>47</v>
+      </c>
+      <c r="F20" t="s">
+        <v>132</v>
+      </c>
+      <c r="G20" t="s">
+        <v>36</v>
+      </c>
+      <c r="H20">
+        <v>2007</v>
+      </c>
+      <c r="I20">
+        <v>2022</v>
+      </c>
+      <c r="J20" t="s">
+        <v>49</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>144</v>
+      </c>
+      <c r="N20" t="s">
+        <v>41</v>
+      </c>
+      <c r="O20" t="s">
+        <v>145</v>
+      </c>
+      <c r="P20" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D21" t="s">
+        <v>46</v>
+      </c>
+      <c r="E21" t="s">
+        <v>47</v>
+      </c>
+      <c r="F21" t="s">
+        <v>132</v>
+      </c>
+      <c r="G21" t="s">
+        <v>36</v>
+      </c>
+      <c r="H21">
+        <v>2006</v>
+      </c>
+      <c r="I21">
+        <v>2010</v>
+      </c>
+      <c r="J21" t="s">
+        <v>49</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>144</v>
+      </c>
+      <c r="N21" t="s">
+        <v>41</v>
+      </c>
+      <c r="O21" t="s">
+        <v>149</v>
+      </c>
+      <c r="P21" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>151</v>
+      </c>
+      <c r="B22" t="s">
+        <v>152</v>
+      </c>
+      <c r="C22" t="s">
+        <v>32</v>
+      </c>
+      <c r="D22" t="s">
+        <v>46</v>
+      </c>
+      <c r="E22" t="s">
+        <v>47</v>
+      </c>
+      <c r="F22" t="s">
+        <v>132</v>
+      </c>
+      <c r="G22" t="s">
+        <v>36</v>
+      </c>
+      <c r="H22">
+        <v>2006</v>
+      </c>
+      <c r="I22">
+        <v>2010</v>
+      </c>
+      <c r="J22" t="s">
+        <v>49</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>144</v>
+      </c>
+      <c r="N22" t="s">
+        <v>41</v>
+      </c>
+      <c r="O22" t="s">
+        <v>153</v>
+      </c>
+      <c r="P22" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>155</v>
+      </c>
+      <c r="B23" t="s">
+        <v>156</v>
+      </c>
+      <c r="C23" t="s">
+        <v>32</v>
+      </c>
+      <c r="D23" t="s">
+        <v>157</v>
+      </c>
+      <c r="E23" t="s">
+        <v>47</v>
+      </c>
+      <c r="F23" t="s">
+        <v>132</v>
+      </c>
+      <c r="G23" t="s">
+        <v>36</v>
+      </c>
+      <c r="H23">
+        <v>2008</v>
+      </c>
+      <c r="I23">
+        <v>2011</v>
+      </c>
+      <c r="J23" t="s">
+        <v>49</v>
+      </c>
+      <c r="K23" t="s">
+        <v>38</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>144</v>
+      </c>
+      <c r="N23" t="s">
+        <v>41</v>
+      </c>
+      <c r="O23" t="s">
+        <v>158</v>
+      </c>
+      <c r="P23" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>160</v>
+      </c>
+      <c r="B24" t="s">
+        <v>161</v>
+      </c>
+      <c r="C24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D24" t="s">
+        <v>67</v>
+      </c>
+      <c r="E24" t="s">
+        <v>47</v>
+      </c>
+      <c r="F24" t="s">
+        <v>132</v>
+      </c>
+      <c r="G24" t="s">
+        <v>36</v>
+      </c>
+      <c r="H24">
+        <v>2007</v>
+      </c>
+      <c r="I24">
+        <v>2011</v>
+      </c>
+      <c r="J24" t="s">
+        <v>49</v>
+      </c>
+      <c r="K24" t="s">
+        <v>38</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>144</v>
+      </c>
+      <c r="N24" t="s">
+        <v>41</v>
+      </c>
+      <c r="O24" t="s">
+        <v>162</v>
+      </c>
+      <c r="P24" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>164</v>
+      </c>
+      <c r="B25" t="s">
+        <v>165</v>
+      </c>
+      <c r="C25" t="s">
+        <v>32</v>
+      </c>
+      <c r="D25" t="s">
+        <v>46</v>
+      </c>
+      <c r="E25" t="s">
+        <v>47</v>
+      </c>
+      <c r="F25" t="s">
+        <v>132</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2010</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>49</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>144</v>
+      </c>
+      <c r="N25" t="s">
+        <v>41</v>
+      </c>
+      <c r="O25" t="s">
+        <v>166</v>
+      </c>
+      <c r="P25" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>168</v>
+      </c>
+      <c r="B26" t="s">
+        <v>169</v>
+      </c>
+      <c r="C26" t="s">
+        <v>32</v>
+      </c>
+      <c r="D26" t="s">
+        <v>97</v>
+      </c>
+      <c r="E26" t="s">
+        <v>47</v>
+      </c>
+      <c r="F26" t="s">
+        <v>132</v>
+      </c>
+      <c r="G26" t="s">
+        <v>36</v>
+      </c>
+      <c r="H26">
+        <v>2007</v>
+      </c>
+      <c r="I26">
+        <v>2018</v>
+      </c>
+      <c r="J26" t="s">
+        <v>49</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>144</v>
+      </c>
+      <c r="N26" t="s">
+        <v>41</v>
+      </c>
+      <c r="O26" t="s">
+        <v>170</v>
+      </c>
+      <c r="P26" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>172</v>
+      </c>
+      <c r="B27" t="s">
+        <v>173</v>
+      </c>
+      <c r="C27" t="s">
+        <v>32</v>
+      </c>
+      <c r="D27" t="s">
+        <v>79</v>
+      </c>
+      <c r="E27" t="s">
+        <v>47</v>
+      </c>
+      <c r="F27" t="s">
+        <v>132</v>
+      </c>
+      <c r="G27" t="s">
+        <v>36</v>
+      </c>
+      <c r="H27">
+        <v>2002</v>
+      </c>
+      <c r="I27">
+        <v>2017</v>
+      </c>
+      <c r="J27" t="s">
+        <v>49</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>174</v>
+      </c>
+      <c r="M27" t="s">
+        <v>144</v>
+      </c>
+      <c r="N27" t="s">
+        <v>41</v>
+      </c>
+      <c r="O27" t="s">
+        <v>175</v>
+      </c>
+      <c r="P27" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>177</v>
+      </c>
+      <c r="B28" t="s">
+        <v>178</v>
+      </c>
+      <c r="C28" t="s">
+        <v>32</v>
+      </c>
+      <c r="D28" t="s">
+        <v>179</v>
+      </c>
+      <c r="E28" t="s">
+        <v>47</v>
+      </c>
+      <c r="F28" t="s">
+        <v>132</v>
+      </c>
+      <c r="G28" t="s">
+        <v>36</v>
+      </c>
+      <c r="H28">
+        <v>2008</v>
+      </c>
+      <c r="I28">
+        <v>2017</v>
+      </c>
+      <c r="J28" t="s">
+        <v>49</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>180</v>
+      </c>
+      <c r="M28" t="s">
+        <v>144</v>
+      </c>
+      <c r="N28" t="s">
+        <v>41</v>
+      </c>
+      <c r="O28" t="s">
+        <v>181</v>
+      </c>
+      <c r="P28" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>183</v>
+      </c>
+      <c r="B29" t="s">
+        <v>184</v>
+      </c>
+      <c r="C29" t="s">
+        <v>32</v>
+      </c>
+      <c r="D29" t="s">
+        <v>185</v>
+      </c>
+      <c r="E29" t="s">
+        <v>47</v>
+      </c>
+      <c r="F29" t="s">
+        <v>132</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2022</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>186</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>187</v>
+      </c>
+      <c r="M29" t="s">
+        <v>144</v>
+      </c>
+      <c r="N29" t="s">
+        <v>41</v>
+      </c>
+      <c r="O29" t="s">
+        <v>188</v>
+      </c>
+      <c r="P29" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>190</v>
+      </c>
+      <c r="B30" t="s">
+        <v>191</v>
+      </c>
+      <c r="C30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D30" t="s">
+        <v>61</v>
+      </c>
+      <c r="E30" t="s">
+        <v>34</v>
+      </c>
+      <c r="F30" t="s">
+        <v>35</v>
+      </c>
+      <c r="G30" t="s">
+        <v>36</v>
+      </c>
+      <c r="H30">
+        <v>1993</v>
+      </c>
+      <c r="I30">
+        <v>2022</v>
+      </c>
+      <c r="J30" t="s">
+        <v>49</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>192</v>
+      </c>
+      <c r="M30" t="s">
+        <v>193</v>
+      </c>
+      <c r="N30" t="s">
+        <v>41</v>
+      </c>
+      <c r="O30" t="s">
+        <v>194</v>
+      </c>
+      <c r="P30" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>196</v>
+      </c>
+      <c r="B31" t="s">
+        <v>197</v>
+      </c>
+      <c r="C31" t="s">
+        <v>32</v>
+      </c>
+      <c r="D31" t="s">
+        <v>91</v>
+      </c>
+      <c r="E31" t="s">
+        <v>34</v>
+      </c>
+      <c r="F31" t="s">
+        <v>35</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2011</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>49</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>198</v>
+      </c>
+      <c r="M31" t="s">
+        <v>193</v>
+      </c>
+      <c r="N31" t="s">
+        <v>41</v>
+      </c>
+      <c r="O31" t="s">
+        <v>199</v>
+      </c>
+      <c r="P31" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>200</v>
+      </c>
+      <c r="B32" t="s">
+        <v>201</v>
+      </c>
+      <c r="C32" t="s">
+        <v>32</v>
+      </c>
+      <c r="D32" t="s">
+        <v>46</v>
+      </c>
+      <c r="E32" t="s">
+        <v>34</v>
+      </c>
+      <c r="F32" t="s">
+        <v>35</v>
+      </c>
+      <c r="G32" t="s">
+        <v>36</v>
+      </c>
+      <c r="H32">
+        <v>1993</v>
+      </c>
+      <c r="I32">
+        <v>2012</v>
+      </c>
+      <c r="J32" t="s">
+        <v>49</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>202</v>
+      </c>
+      <c r="M32" t="s">
+        <v>193</v>
+      </c>
+      <c r="N32" t="s">
+        <v>41</v>
+      </c>
+      <c r="O32" t="s">
+        <v>203</v>
+      </c>
+      <c r="P32" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>204</v>
+      </c>
+      <c r="B33" t="s">
+        <v>205</v>
+      </c>
+      <c r="C33" t="s">
+        <v>32</v>
+      </c>
+      <c r="D33" t="s">
+        <v>55</v>
+      </c>
+      <c r="E33" t="s">
+        <v>34</v>
+      </c>
+      <c r="F33" t="s">
+        <v>35</v>
+      </c>
+      <c r="G33" t="s">
+        <v>36</v>
+      </c>
+      <c r="H33">
+        <v>1993</v>
+      </c>
+      <c r="I33">
+        <v>2010</v>
+      </c>
+      <c r="J33" t="s">
+        <v>49</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>206</v>
+      </c>
+      <c r="M33" t="s">
+        <v>193</v>
+      </c>
+      <c r="N33" t="s">
+        <v>41</v>
+      </c>
+      <c r="O33" t="s">
+        <v>207</v>
+      </c>
+      <c r="P33" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>208</v>
+      </c>
+      <c r="B34" t="s">
+        <v>209</v>
+      </c>
+      <c r="C34" t="s">
+        <v>32</v>
+      </c>
+      <c r="D34" t="s">
+        <v>79</v>
+      </c>
+      <c r="E34" t="s">
+        <v>34</v>
+      </c>
+      <c r="F34" t="s">
+        <v>35</v>
+      </c>
+      <c r="G34" t="s">
+        <v>36</v>
+      </c>
+      <c r="H34">
+        <v>1995</v>
+      </c>
+      <c r="I34">
+        <v>2019</v>
+      </c>
+      <c r="J34" t="s">
+        <v>49</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>210</v>
+      </c>
+      <c r="M34" t="s">
+        <v>193</v>
+      </c>
+      <c r="N34" t="s">
+        <v>41</v>
+      </c>
+      <c r="O34" t="s">
+        <v>211</v>
+      </c>
+      <c r="P34" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>212</v>
+      </c>
+      <c r="B35" t="s">
+        <v>213</v>
+      </c>
+      <c r="C35" t="s">
+        <v>32</v>
+      </c>
+      <c r="D35" t="s">
+        <v>214</v>
+      </c>
+      <c r="E35" t="s">
+        <v>34</v>
+      </c>
+      <c r="F35" t="s">
+        <v>35</v>
+      </c>
+      <c r="G35" t="s">
+        <v>36</v>
+      </c>
+      <c r="H35">
+        <v>1993</v>
+      </c>
+      <c r="I35">
+        <v>2010</v>
+      </c>
+      <c r="J35" t="s">
+        <v>49</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>215</v>
+      </c>
+      <c r="M35" t="s">
+        <v>193</v>
+      </c>
+      <c r="N35" t="s">
+        <v>41</v>
+      </c>
+      <c r="O35" t="s">
+        <v>216</v>
+      </c>
+      <c r="P35" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>217</v>
+      </c>
+      <c r="B36" t="s">
+        <v>218</v>
+      </c>
+      <c r="C36" t="s">
+        <v>32</v>
+      </c>
+      <c r="D36" t="s">
+        <v>214</v>
+      </c>
+      <c r="E36" t="s">
+        <v>34</v>
+      </c>
+      <c r="F36" t="s">
+        <v>35</v>
+      </c>
+      <c r="G36" t="s">
+        <v>36</v>
+      </c>
+      <c r="H36">
+        <v>1993</v>
+      </c>
+      <c r="I36">
+        <v>2013</v>
+      </c>
+      <c r="J36" t="s">
+        <v>49</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>219</v>
+      </c>
+      <c r="M36" t="s">
+        <v>193</v>
+      </c>
+      <c r="N36" t="s">
+        <v>41</v>
+      </c>
+      <c r="O36" t="s">
+        <v>220</v>
+      </c>
+      <c r="P36" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>222</v>
+      </c>
+      <c r="B37" t="s">
+        <v>223</v>
+      </c>
+      <c r="C37" t="s">
+        <v>32</v>
+      </c>
+      <c r="D37" t="s">
+        <v>46</v>
+      </c>
+      <c r="E37" t="s">
+        <v>34</v>
+      </c>
+      <c r="F37" t="s">
+        <v>35</v>
+      </c>
+      <c r="G37" t="s">
+        <v>36</v>
+      </c>
+      <c r="H37">
+        <v>1993</v>
+      </c>
+      <c r="I37">
+        <v>2016</v>
+      </c>
+      <c r="J37" t="s">
+        <v>49</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>193</v>
+      </c>
+      <c r="N37" t="s">
+        <v>41</v>
+      </c>
+      <c r="O37" t="s">
+        <v>224</v>
+      </c>
+      <c r="P37" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>225</v>
+      </c>
+      <c r="B38" t="s">
+        <v>226</v>
+      </c>
+      <c r="C38" t="s">
+        <v>32</v>
+      </c>
+      <c r="D38" t="s">
+        <v>227</v>
+      </c>
+      <c r="E38" t="s">
+        <v>34</v>
+      </c>
+      <c r="F38" t="s">
+        <v>35</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2018</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>49</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>193</v>
+      </c>
+      <c r="N38" t="s">
+        <v>41</v>
+      </c>
+      <c r="O38" t="s">
+        <v>228</v>
+      </c>
+      <c r="P38" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>229</v>
+      </c>
+      <c r="B39" t="s">
+        <v>230</v>
+      </c>
+      <c r="C39" t="s">
+        <v>32</v>
+      </c>
+      <c r="D39" t="s">
+        <v>73</v>
+      </c>
+      <c r="E39" t="s">
+        <v>34</v>
+      </c>
+      <c r="F39" t="s">
+        <v>35</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2013</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>49</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>231</v>
+      </c>
+      <c r="M39" t="s">
+        <v>193</v>
+      </c>
+      <c r="N39" t="s">
+        <v>41</v>
+      </c>
+      <c r="O39" t="s">
+        <v>232</v>
+      </c>
+      <c r="P39" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>233</v>
+      </c>
+      <c r="B40" t="s">
+        <v>234</v>
+      </c>
+      <c r="C40" t="s">
+        <v>32</v>
+      </c>
+      <c r="D40" t="s">
+        <v>97</v>
+      </c>
+      <c r="E40" t="s">
+        <v>34</v>
+      </c>
+      <c r="F40" t="s">
+        <v>35</v>
+      </c>
+      <c r="G40" t="s">
+        <v>36</v>
+      </c>
+      <c r="H40">
+        <v>1993</v>
+      </c>
+      <c r="I40">
+        <v>2016</v>
+      </c>
+      <c r="J40" t="s">
+        <v>49</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>235</v>
+      </c>
+      <c r="M40" t="s">
+        <v>193</v>
+      </c>
+      <c r="N40" t="s">
+        <v>41</v>
+      </c>
+      <c r="O40" t="s">
+        <v>236</v>
+      </c>
+      <c r="P40" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>237</v>
+      </c>
+      <c r="B41" t="s">
+        <v>238</v>
+      </c>
+      <c r="C41" t="s">
+        <v>32</v>
+      </c>
+      <c r="D41" t="s">
+        <v>46</v>
+      </c>
+      <c r="E41" t="s">
+        <v>34</v>
+      </c>
+      <c r="F41" t="s">
+        <v>35</v>
+      </c>
+      <c r="G41" t="s">
+        <v>36</v>
+      </c>
+      <c r="H41">
+        <v>1993</v>
+      </c>
+      <c r="I41">
+        <v>2010</v>
+      </c>
+      <c r="J41" t="s">
+        <v>49</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>239</v>
+      </c>
+      <c r="M41" t="s">
+        <v>193</v>
+      </c>
+      <c r="N41" t="s">
+        <v>41</v>
+      </c>
+      <c r="O41" t="s">
+        <v>240</v>
+      </c>
+      <c r="P41" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>241</v>
+      </c>
+      <c r="B42" t="s">
+        <v>242</v>
+      </c>
+      <c r="C42" t="s">
+        <v>32</v>
+      </c>
+      <c r="D42" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E42" t="s">
+        <v>34</v>
+      </c>
+      <c r="F42" t="s">
+        <v>35</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2010</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>49</v>
+      </c>
+      <c r="K42" t="s">
+        <v>116</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>193</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>243</v>
+      </c>
+      <c r="P42" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>244</v>
+      </c>
+      <c r="B43" t="s">
+        <v>245</v>
+      </c>
+      <c r="C43" t="s">
+        <v>32</v>
+      </c>
+      <c r="D43" t="s">
+        <v>115</v>
+      </c>
+      <c r="E43" t="s">
+        <v>34</v>
+      </c>
+      <c r="F43" t="s">
+        <v>35</v>
+      </c>
+      <c r="G43" t="s">
+        <v>36</v>
+      </c>
+      <c r="H43"/>
+      <c r="I43">
+        <v>2010</v>
+      </c>
+      <c r="J43" t="s">
+        <v>49</v>
+      </c>
+      <c r="K43" t="s">
+        <v>116</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>193</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>246</v>
+      </c>
+      <c r="P43" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>247</v>
+      </c>
+      <c r="B44" t="s">
+        <v>248</v>
+      </c>
+      <c r="C44" t="s">
+        <v>32</v>
+      </c>
+      <c r="D44" t="s">
+        <v>249</v>
+      </c>
+      <c r="E44" t="s">
+        <v>34</v>
+      </c>
+      <c r="F44" t="s">
+        <v>35</v>
+      </c>
+      <c r="G44" t="s">
+        <v>36</v>
+      </c>
+      <c r="H44">
+        <v>1997</v>
+      </c>
+      <c r="I44">
+        <v>2011</v>
+      </c>
+      <c r="J44" t="s">
+        <v>49</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>250</v>
+      </c>
+      <c r="M44" t="s">
+        <v>193</v>
+      </c>
+      <c r="N44" t="s">
+        <v>41</v>
+      </c>
+      <c r="O44" t="s">
+        <v>251</v>
+      </c>
+      <c r="P44" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>252</v>
+      </c>
+      <c r="B45" t="s">
+        <v>253</v>
+      </c>
+      <c r="C45" t="s">
+        <v>32</v>
+      </c>
+      <c r="D45" t="s">
+        <v>103</v>
+      </c>
+      <c r="E45" t="s">
+        <v>34</v>
+      </c>
+      <c r="F45" t="s">
+        <v>35</v>
+      </c>
+      <c r="G45" t="s">
+        <v>36</v>
+      </c>
+      <c r="H45">
+        <v>2010</v>
+      </c>
+      <c r="I45">
+        <v>2017</v>
+      </c>
+      <c r="J45" t="s">
+        <v>49</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>254</v>
+      </c>
+      <c r="M45" t="s">
+        <v>193</v>
+      </c>
+      <c r="N45" t="s">
+        <v>41</v>
+      </c>
+      <c r="O45" t="s">
+        <v>255</v>
+      </c>
+      <c r="P45" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>256</v>
+      </c>
+      <c r="B46" t="s">
+        <v>257</v>
+      </c>
+      <c r="C46" t="s">
+        <v>258</v>
+      </c>
+      <c r="D46" t="s">
+        <v>259</v>
+      </c>
+      <c r="E46" t="s">
+        <v>47</v>
+      </c>
+      <c r="F46" t="s">
+        <v>132</v>
+      </c>
+      <c r="G46" t="s">
+        <v>36</v>
+      </c>
+      <c r="H46">
         <v>2009</v>
       </c>
-      <c r="H2"/>
-[...56 lines deleted...]
-      <c r="M3" t="s">
+      <c r="I46">
+        <v>2016</v>
+      </c>
+      <c r="J46" t="s">
+        <v>260</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>261</v>
+      </c>
+      <c r="N46" t="s">
+        <v>41</v>
+      </c>
+      <c r="O46" t="s">
+        <v>262</v>
+      </c>
+      <c r="P46" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>264</v>
+      </c>
+      <c r="B47" t="s">
+        <v>265</v>
+      </c>
+      <c r="C47" t="s">
+        <v>258</v>
+      </c>
+      <c r="D47" t="s">
+        <v>266</v>
+      </c>
+      <c r="E47" t="s">
+        <v>47</v>
+      </c>
+      <c r="F47" t="s">
+        <v>132</v>
+      </c>
+      <c r="G47" t="s">
         <v>36</v>
       </c>
-      <c r="N3" t="s">
-[...38 lines deleted...]
-      <c r="M4" t="s">
+      <c r="H47">
+        <v>2009</v>
+      </c>
+      <c r="I47">
+        <v>2013</v>
+      </c>
+      <c r="J47" t="s">
+        <v>260</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>261</v>
+      </c>
+      <c r="N47" t="s">
+        <v>41</v>
+      </c>
+      <c r="O47" t="s">
+        <v>267</v>
+      </c>
+      <c r="P47" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>269</v>
+      </c>
+      <c r="B48" t="s">
+        <v>265</v>
+      </c>
+      <c r="C48" t="s">
+        <v>258</v>
+      </c>
+      <c r="D48" t="s">
+        <v>270</v>
+      </c>
+      <c r="E48" t="s">
+        <v>47</v>
+      </c>
+      <c r="F48" t="s">
+        <v>48</v>
+      </c>
+      <c r="G48" t="s">
         <v>36</v>
       </c>
-      <c r="N4" t="s">
-[...372 lines deleted...]
-      <c r="G13">
+      <c r="H48">
         <v>2009</v>
       </c>
-      <c r="H13">
-[...1025 lines deleted...]
-      <c r="H37">
+      <c r="I48">
         <v>2016</v>
       </c>
-      <c r="I37" t="s">
-[...465 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>193</v>
-[...4 lines deleted...]
-      </c>
+        <v>260</v>
+      </c>
+      <c r="K48" t="s">
+        <v>271</v>
+      </c>
+      <c r="L48"/>
       <c r="M48" t="s">
-        <v>36</v>
+        <v>261</v>
       </c>
       <c r="N48" t="s">
-        <v>194</v>
+        <v>41</v>
+      </c>
+      <c r="O48" t="s">
+        <v>272</v>
+      </c>
+      <c r="P48" t="s">
+        <v>273</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>