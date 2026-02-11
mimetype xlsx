--- v0 (2025-12-13)
+++ v1 (2026-02-11)
@@ -3031,51 +3031,51 @@
       </c>
       <c r="P6" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>63</v>
       </c>
       <c r="B7" t="s">
         <v>64</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>65</v>
       </c>
       <c r="E7" t="s">
         <v>34</v>
       </c>
       <c r="F7" t="s">
         <v>66</v>
       </c>
       <c r="G7" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H7">
         <v>2021</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7" t="s">
         <v>67</v>
       </c>
       <c r="K7" t="s">
         <v>38</v>
       </c>
       <c r="L7" t="s">
         <v>68</v>
       </c>
       <c r="M7" t="s">
         <v>39</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>69</v>
       </c>