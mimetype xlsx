--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,649 +12,404 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>Conpet Seal Gas stoves and ovens</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
+  </si>
+  <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>Cooktops or Hobs</t>
-[...20 lines deleted...]
-    <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
-[...2 lines deleted...]
-    <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-290-7-july-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
+    <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
+  </si>
+  <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...29 lines deleted...]
-    <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Ministry of Mines and Energy (MME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
+    <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
+    <t>Nicaragua</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
+  </si>
+  <si>
+    <t>Ministerio de Energía y Minas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
+  </si>
+  <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
+    <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
+  </si>
+  <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
+    <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
+    <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
+  </si>
+  <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
+    <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
+  </si>
+  <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
+    <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>NTON 10-015-08</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
+  </si>
+  <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
+    <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>NBR 5858 NBR 5882 NBR 12010.</t>
-[...271 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
-    <t>Procel Seal - Air Conditioners</t>
-[...2 lines deleted...]
-    <t>NBR 5858, NBR 5882, NBR 12010.</t>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
+    <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
-    <t>Procel Seal - CFLs with Integrated Ballasts</t>
-[...50 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
-    <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
-  </si>
-[...25 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -918,2163 +673,774 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N48"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="196" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="510.732" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="219.375" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2021</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...28 lines deleted...]
-        <v>33</v>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...43 lines deleted...]
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>39</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>42</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>40</v>
       </c>
-      <c r="L5" t="s">
-[...2 lines deleted...]
-      <c r="M5" t="s">
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-        <v>41</v>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>42</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-      <c r="A6" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
         <v>42</v>
       </c>
-      <c r="B6" t="s">
-[...32 lines deleted...]
-      <c r="M6" t="s">
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>40</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-        <v>45</v>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>42</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...18 lines deleted...]
-      <c r="G7">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>40</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>42</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>75</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>34</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>82</v>
+      </c>
+      <c r="F11" t="s">
+        <v>83</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2011</v>
       </c>
-      <c r="H7">
-[...14 lines deleted...]
-      <c r="M7" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-        <v>49</v>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>85</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...34 lines deleted...]
-      <c r="M8" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
+        <v>82</v>
+      </c>
+      <c r="F12" t="s">
+        <v>83</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-        <v>54</v>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>85</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>87</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...36 lines deleted...]
-      <c r="M9" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>82</v>
+      </c>
+      <c r="F13" t="s">
+        <v>83</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-        <v>58</v>
+      <c r="L13" t="s">
+        <v>95</v>
+      </c>
+      <c r="M13" t="s">
+        <v>85</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...18 lines deleted...]
-      <c r="G10">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>82</v>
+      </c>
+      <c r="F14" t="s">
+        <v>83</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2010</v>
       </c>
-      <c r="H10">
-[...180 lines deleted...]
-      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="K14" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="N14" t="s">
-        <v>80</v>
-[...254 lines deleted...]
-      <c r="N20" t="s">
+        <v>102</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
         <v>97</v>
-      </c>
-[...1186 lines deleted...]
-        <v>185</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>