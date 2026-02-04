--- v0 (2025-10-11)
+++ v1 (2026-02-04)
@@ -12,643 +12,383 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>Conpet Seal Gas stoves and ovens</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
+  </si>
+  <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>Cooktops or Hobs</t>
-[...20 lines deleted...]
-    <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
-[...2 lines deleted...]
-    <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-290-7-july-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
+    <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
+  </si>
+  <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...178 lines deleted...]
-  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mme-resolution-no-1-29-april-2022</t>
-[...31 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
-    <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
   </si>
   <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
-    <t>Procel Seal - Air Conditioners</t>
-[...2 lines deleted...]
-    <t>NBR 5858, NBR 5882, NBR 12010.</t>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
+    <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
-    <t>Procel Seal - CFLs with Integrated Ballasts</t>
-[...50 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
-    <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
-    <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
-[...25 lines deleted...]
-  <si>
     <t>Resolution No.114: ductless, split type air conditioners with variable refrigerant flow</t>
   </si>
   <si>
+    <t>This regulation applies to ductless, split type air conditioners with variable refrigerant flow.</t>
+  </si>
+  <si>
     <t>Panama</t>
   </si>
   <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 104:2017</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no114-ductless-split-type-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/24/New-Requirements-for-Air-Conditioners-Came-Into-Force-in-Panama</t>
+  </si>
+  <si>
     <t>Resolution No.115: ductless split type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to ductless split type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 103:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no115-ductless-split-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.116: room-type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to room-type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 102:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no116-room-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.117: central, packaged and split air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to central, packaged and split air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 101:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no117-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -912,2125 +652,730 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N47"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="103" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="437.607" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="235.8" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2021</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>34</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>50</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" t="s">
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>50</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>48</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>66</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>50</v>
+      </c>
+      <c r="N8" t="s">
+        <v>67</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>74</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>71</v>
+      </c>
+      <c r="D10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>73</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2019</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>74</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>76</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...24 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>71</v>
+      </c>
+      <c r="D11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>73</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>74</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>33</v>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>76</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>78</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...21 lines deleted...]
-      <c r="H4">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>71</v>
+      </c>
+      <c r="D12" t="s">
+        <v>72</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>73</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...11 lines deleted...]
-      <c r="M4" t="s">
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>74</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>37</v>
+      <c r="L12" t="s">
+        <v>89</v>
+      </c>
+      <c r="M12" t="s">
+        <v>76</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>78</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...36 lines deleted...]
-      <c r="M5" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>71</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>73</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>74</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...342 lines deleted...]
-      </c>
       <c r="L13" t="s">
-        <v>32</v>
+        <v>94</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="N13" t="s">
-        <v>74</v>
-[...53 lines deleted...]
-      <c r="C15" t="s">
         <v>27</v>
       </c>
-      <c r="D15" t="s">
-[...204 lines deleted...]
-      <c r="A20" t="s">
+      <c r="O13" t="s">
         <v>95</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="P13" t="s">
         <v>96</v>
-      </c>
-[...1179 lines deleted...]
-        <v>183</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>