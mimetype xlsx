--- v0 (2025-12-14)
+++ v1 (2026-02-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="325">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="326">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -789,66 +789,69 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...13 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
@@ -1372,51 +1375,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="655.84" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -3624,639 +3627,639 @@
       <c r="H46">
         <v>2008</v>
       </c>
       <c r="I46">
         <v>2011</v>
       </c>
       <c r="J46" t="s">
         <v>260</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
         <v>261</v>
       </c>
       <c r="M46" t="s">
         <v>255</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
         <v>262</v>
       </c>
       <c r="P46" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B47" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C47" t="s">
         <v>252</v>
       </c>
       <c r="D47" t="s">
         <v>113</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>35</v>
       </c>
       <c r="H47">
         <v>2009</v>
       </c>
       <c r="I47">
         <v>2011</v>
       </c>
       <c r="J47" t="s">
         <v>253</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="M47" t="s">
         <v>255</v>
       </c>
       <c r="N47" t="s">
         <v>26</v>
       </c>
       <c r="O47" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="P47" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B48" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C48" t="s">
         <v>252</v>
       </c>
       <c r="D48" t="s">
         <v>113</v>
       </c>
       <c r="E48" t="s">
         <v>33</v>
       </c>
       <c r="F48" t="s">
         <v>45</v>
       </c>
       <c r="G48" t="s">
         <v>35</v>
       </c>
       <c r="H48">
         <v>2007</v>
       </c>
       <c r="I48">
         <v>2011</v>
       </c>
       <c r="J48" t="s">
         <v>260</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="M48" t="s">
         <v>255</v>
       </c>
       <c r="N48" t="s">
         <v>26</v>
       </c>
       <c r="O48" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="P48" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B49" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C49" t="s">
         <v>252</v>
       </c>
       <c r="D49" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G49" t="s">
         <v>77</v>
       </c>
       <c r="H49">
         <v>2007</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>253</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="M49" t="s">
         <v>255</v>
       </c>
       <c r="N49" t="s">
         <v>26</v>
       </c>
       <c r="O49" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="P49" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B50" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C50" t="s">
         <v>252</v>
       </c>
       <c r="D50" t="s">
         <v>44</v>
       </c>
       <c r="E50" t="s">
         <v>33</v>
       </c>
       <c r="F50" t="s">
         <v>45</v>
       </c>
       <c r="G50" t="s">
         <v>77</v>
       </c>
       <c r="H50">
         <v>2007</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>260</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="M50" t="s">
         <v>255</v>
       </c>
       <c r="N50" t="s">
         <v>26</v>
       </c>
       <c r="O50" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="P50" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B51" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C51" t="s">
         <v>252</v>
       </c>
       <c r="D51" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>77</v>
       </c>
       <c r="H51">
         <v>2007</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>253</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="M51" t="s">
         <v>255</v>
       </c>
       <c r="N51" t="s">
         <v>26</v>
       </c>
       <c r="O51" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="P51" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B52" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C52" t="s">
         <v>252</v>
       </c>
       <c r="D52" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E52" t="s">
         <v>33</v>
       </c>
       <c r="F52" t="s">
         <v>45</v>
       </c>
       <c r="G52" t="s">
         <v>77</v>
       </c>
       <c r="H52">
         <v>2009</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>260</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="M52" t="s">
         <v>255</v>
       </c>
       <c r="N52" t="s">
         <v>26</v>
       </c>
       <c r="O52" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="P52" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B53" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C53" t="s">
         <v>252</v>
       </c>
       <c r="D53" t="s">
         <v>58</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>77</v>
       </c>
       <c r="H53">
         <v>2009</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>253</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="M53" t="s">
         <v>255</v>
       </c>
       <c r="N53" t="s">
         <v>26</v>
       </c>
       <c r="O53" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="P53" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B54" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C54" t="s">
         <v>252</v>
       </c>
       <c r="D54" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>35</v>
       </c>
       <c r="H54">
         <v>2014</v>
       </c>
       <c r="I54">
         <v>2018</v>
       </c>
       <c r="J54" t="s">
         <v>253</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="M54" t="s">
         <v>255</v>
       </c>
       <c r="N54" t="s">
         <v>26</v>
       </c>
       <c r="O54" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="P54" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B55" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" t="s">
         <v>44</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>35</v>
       </c>
       <c r="H55">
         <v>2010</v>
       </c>
       <c r="I55">
         <v>2014</v>
       </c>
       <c r="J55" t="s">
         <v>46</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="M55" t="s">
         <v>25</v>
       </c>
       <c r="N55" t="s">
         <v>26</v>
       </c>
       <c r="O55" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="P55" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B56" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C56" t="s">
         <v>18</v>
       </c>
       <c r="D56" t="s">
         <v>113</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G56" t="s">
         <v>77</v>
       </c>
       <c r="H56">
         <v>2014</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>46</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="M56" t="s">
         <v>25</v>
       </c>
       <c r="N56" t="s">
         <v>26</v>
       </c>
       <c r="O56" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="P56" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B57" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C57" t="s">
         <v>18</v>
       </c>
       <c r="D57" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G57" t="s">
         <v>35</v>
       </c>
       <c r="H57">
         <v>2012</v>
       </c>
       <c r="I57">
         <v>2014</v>
       </c>
       <c r="J57" t="s">
         <v>46</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="M57" t="s">
         <v>25</v>
       </c>
       <c r="N57" t="s">
         <v>26</v>
       </c>
       <c r="O57" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="P57" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B58" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C58" t="s">
         <v>18</v>
       </c>
       <c r="D58" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>35</v>
       </c>
       <c r="H58">
         <v>2012</v>
       </c>
       <c r="I58">
         <v>2014</v>
       </c>
       <c r="J58" t="s">
         <v>46</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="M58" t="s">
         <v>25</v>
       </c>
       <c r="N58" t="s">
         <v>26</v>
       </c>
       <c r="O58" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="P58" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">