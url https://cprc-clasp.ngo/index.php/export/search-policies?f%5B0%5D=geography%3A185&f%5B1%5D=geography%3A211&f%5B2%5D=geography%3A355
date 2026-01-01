--- v0 (2025-11-12)
+++ v1 (2026-01-01)
@@ -1871,51 +1871,51 @@
       <c r="O7" t="s">
         <v>66</v>
       </c>
       <c r="P7"/>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>67</v>
       </c>
       <c r="B8" t="s">
         <v>68</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8" t="s">
         <v>69</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>70</v>
       </c>
       <c r="G8" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="H8">
         <v>2021</v>
       </c>
       <c r="I8">
         <v>2024</v>
       </c>
       <c r="J8" t="s">
         <v>71</v>
       </c>
       <c r="K8" t="s">
         <v>50</v>
       </c>
       <c r="L8" t="s">
         <v>72</v>
       </c>
       <c r="M8" t="s">
         <v>51</v>
       </c>
       <c r="N8" t="s">
         <v>40</v>
       </c>
       <c r="O8" t="s">
         <v>73</v>
       </c>