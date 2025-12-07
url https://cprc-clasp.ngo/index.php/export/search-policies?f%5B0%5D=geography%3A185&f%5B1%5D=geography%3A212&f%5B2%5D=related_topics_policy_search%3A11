--- v0 (2025-10-13)
+++ v1 (2025-12-07)
@@ -12,811 +12,1104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="337">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
   </si>
   <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-290-7-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
   </si>
   <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
   </si>
   <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
     <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
   </si>
   <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
   </si>
   <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>LI 2458 Energy Commission (Energy Efficiency Standards and Labelling) (Air conditioners) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an air conditioning product, manufactured in the country or imported into the country for display, sale or use. These regulations apply to a single-phase and three-phase AC, multi-split outdoor unit and single split outdoor unit that has a rated full capacity of 65kW or less and is designed for human comfort.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2458-energy-commission-energy-efficiency-standards-and-labelling-air-conditioners</t>
   </si>
   <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
     <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electric-motors</t>
   </si>
   <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
     <t>Procel Seal - Televisions</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
   </si>
   <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1080,2837 +1373,3228 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N65"/>
+  <dimension ref="A1:P65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="198" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="198.095" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="620.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="219.375" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3"/>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2006</v>
+      </c>
+      <c r="I4">
+        <v>2022</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1984</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2008</v>
       </c>
-      <c r="H2">
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>46</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2021</v>
+      </c>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>46</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I8">
+        <v>2021</v>
+      </c>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>46</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" t="s">
+        <v>76</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>45</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>46</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" t="s">
+        <v>44</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>45</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>46</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F11" t="s">
+        <v>44</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>45</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>46</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" t="s">
+        <v>43</v>
+      </c>
+      <c r="F12" t="s">
+        <v>44</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2001</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>45</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>46</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>100</v>
+      </c>
+      <c r="E13" t="s">
+        <v>43</v>
+      </c>
+      <c r="F13" t="s">
+        <v>44</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" t="s">
+        <v>46</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>106</v>
+      </c>
+      <c r="E14" t="s">
+        <v>43</v>
+      </c>
+      <c r="F14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>45</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>107</v>
+      </c>
+      <c r="M14" t="s">
+        <v>46</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>108</v>
+      </c>
+      <c r="P14" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>112</v>
+      </c>
+      <c r="E15" t="s">
+        <v>43</v>
+      </c>
+      <c r="F15" t="s">
+        <v>44</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>45</v>
+      </c>
+      <c r="K15" t="s">
+        <v>113</v>
+      </c>
+      <c r="L15" t="s">
+        <v>114</v>
+      </c>
+      <c r="M15" t="s">
+        <v>46</v>
+      </c>
+      <c r="N15" t="s">
+        <v>115</v>
+      </c>
+      <c r="O15" t="s">
+        <v>116</v>
+      </c>
+      <c r="P15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>42</v>
+      </c>
+      <c r="E16" t="s">
+        <v>43</v>
+      </c>
+      <c r="F16" t="s">
+        <v>44</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16">
+        <v>2022</v>
+      </c>
+      <c r="J16" t="s">
+        <v>45</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>120</v>
+      </c>
+      <c r="M16" t="s">
+        <v>46</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>63</v>
+      </c>
+      <c r="E17" t="s">
+        <v>43</v>
+      </c>
+      <c r="F17" t="s">
+        <v>44</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2022</v>
+      </c>
+      <c r="J17" t="s">
+        <v>45</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>125</v>
+      </c>
+      <c r="M17" t="s">
+        <v>46</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E18" t="s">
+        <v>43</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>76</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>130</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>38</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>131</v>
+      </c>
+      <c r="P18" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>133</v>
+      </c>
+      <c r="B19" t="s">
+        <v>134</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>94</v>
+      </c>
+      <c r="E19" t="s">
+        <v>43</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>76</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>135</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>38</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>136</v>
+      </c>
+      <c r="P19" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>138</v>
+      </c>
+      <c r="B20" t="s">
+        <v>139</v>
+      </c>
+      <c r="C20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20" t="s">
+        <v>140</v>
+      </c>
+      <c r="E20" t="s">
+        <v>43</v>
+      </c>
+      <c r="F20" t="s">
+        <v>141</v>
+      </c>
+      <c r="G20" t="s">
+        <v>76</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>135</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>38</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>142</v>
+      </c>
+      <c r="P20" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D21" t="s">
+        <v>145</v>
+      </c>
+      <c r="E21" t="s">
+        <v>43</v>
+      </c>
+      <c r="F21" t="s">
+        <v>146</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2005</v>
+      </c>
+      <c r="I21">
+        <v>2008</v>
+      </c>
+      <c r="J21" t="s">
+        <v>147</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>148</v>
+      </c>
+      <c r="M21" t="s">
+        <v>38</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>149</v>
+      </c>
+      <c r="P21" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>151</v>
+      </c>
+      <c r="B22" t="s">
+        <v>152</v>
+      </c>
+      <c r="C22" t="s">
+        <v>32</v>
+      </c>
+      <c r="D22" t="s">
+        <v>94</v>
+      </c>
+      <c r="E22" t="s">
+        <v>43</v>
+      </c>
+      <c r="F22" t="s">
+        <v>146</v>
+      </c>
+      <c r="G22" t="s">
+        <v>76</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>147</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>153</v>
+      </c>
+      <c r="M22" t="s">
+        <v>38</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>154</v>
+      </c>
+      <c r="P22" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>156</v>
+      </c>
+      <c r="B23" t="s">
+        <v>157</v>
+      </c>
+      <c r="C23" t="s">
+        <v>32</v>
+      </c>
+      <c r="D23" t="s">
+        <v>51</v>
+      </c>
+      <c r="E23" t="s">
+        <v>43</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>76</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>135</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>38</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>158</v>
+      </c>
+      <c r="P23" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>159</v>
+      </c>
+      <c r="B24" t="s">
+        <v>160</v>
+      </c>
+      <c r="C24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D24" t="s">
+        <v>161</v>
+      </c>
+      <c r="E24" t="s">
+        <v>43</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>76</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>135</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>38</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>162</v>
+      </c>
+      <c r="P24" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>163</v>
+      </c>
+      <c r="B25" t="s">
+        <v>164</v>
+      </c>
+      <c r="C25" t="s">
+        <v>32</v>
+      </c>
+      <c r="D25" t="s">
+        <v>165</v>
+      </c>
+      <c r="E25" t="s">
+        <v>43</v>
+      </c>
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>76</v>
+      </c>
+      <c r="H25">
+        <v>2022</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>135</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>38</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>166</v>
+      </c>
+      <c r="P25" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>167</v>
+      </c>
+      <c r="B26" t="s">
+        <v>168</v>
+      </c>
+      <c r="C26" t="s">
+        <v>32</v>
+      </c>
+      <c r="D26" t="s">
+        <v>169</v>
+      </c>
+      <c r="E26" t="s">
+        <v>43</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>76</v>
+      </c>
+      <c r="H26">
+        <v>2022</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>135</v>
+      </c>
+      <c r="K26" t="s">
+        <v>37</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>38</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>170</v>
+      </c>
+      <c r="P26" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>171</v>
+      </c>
+      <c r="B27" t="s">
+        <v>172</v>
+      </c>
+      <c r="C27" t="s">
+        <v>32</v>
+      </c>
+      <c r="D27" t="s">
+        <v>173</v>
+      </c>
+      <c r="E27" t="s">
+        <v>43</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>76</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>174</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>38</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>175</v>
+      </c>
+      <c r="P27" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>176</v>
+      </c>
+      <c r="B28" t="s">
+        <v>177</v>
+      </c>
+      <c r="C28" t="s">
+        <v>32</v>
+      </c>
+      <c r="D28" t="s">
+        <v>178</v>
+      </c>
+      <c r="E28" t="s">
+        <v>43</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>76</v>
+      </c>
+      <c r="H28">
+        <v>2022</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>174</v>
+      </c>
+      <c r="K28" t="s">
+        <v>37</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>38</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>179</v>
+      </c>
+      <c r="P28" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>180</v>
+      </c>
+      <c r="B29" t="s">
+        <v>181</v>
+      </c>
+      <c r="C29" t="s">
+        <v>32</v>
+      </c>
+      <c r="D29" t="s">
+        <v>69</v>
+      </c>
+      <c r="E29" t="s">
+        <v>43</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>76</v>
+      </c>
+      <c r="H29">
+        <v>2022</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>174</v>
+      </c>
+      <c r="K29" t="s">
+        <v>37</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>38</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>182</v>
+      </c>
+      <c r="P29" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>183</v>
+      </c>
+      <c r="B30" t="s">
+        <v>184</v>
+      </c>
+      <c r="C30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D30" t="s">
+        <v>185</v>
+      </c>
+      <c r="E30" t="s">
+        <v>43</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>76</v>
+      </c>
+      <c r="H30">
+        <v>2022</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>135</v>
+      </c>
+      <c r="K30" t="s">
+        <v>37</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>38</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>186</v>
+      </c>
+      <c r="P30" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>187</v>
+      </c>
+      <c r="B31" t="s">
+        <v>188</v>
+      </c>
+      <c r="C31" t="s">
+        <v>32</v>
+      </c>
+      <c r="D31" t="s">
+        <v>189</v>
+      </c>
+      <c r="E31" t="s">
+        <v>43</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>76</v>
+      </c>
+      <c r="H31">
+        <v>2022</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>135</v>
+      </c>
+      <c r="K31" t="s">
+        <v>37</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>38</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>190</v>
+      </c>
+      <c r="P31" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>191</v>
+      </c>
+      <c r="B32" t="s">
+        <v>192</v>
+      </c>
+      <c r="C32" t="s">
+        <v>32</v>
+      </c>
+      <c r="D32" t="s">
+        <v>193</v>
+      </c>
+      <c r="E32" t="s">
+        <v>43</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>76</v>
+      </c>
+      <c r="H32">
+        <v>2022</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>135</v>
+      </c>
+      <c r="K32" t="s">
+        <v>37</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>38</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>194</v>
+      </c>
+      <c r="P32" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>195</v>
+      </c>
+      <c r="B33" t="s">
+        <v>196</v>
+      </c>
+      <c r="C33" t="s">
+        <v>32</v>
+      </c>
+      <c r="D33" t="s">
+        <v>100</v>
+      </c>
+      <c r="E33" t="s">
+        <v>43</v>
+      </c>
+      <c r="F33" t="s">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
+        <v>76</v>
+      </c>
+      <c r="H33">
+        <v>2022</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>135</v>
+      </c>
+      <c r="K33" t="s">
+        <v>37</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>38</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>197</v>
+      </c>
+      <c r="P33" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>198</v>
+      </c>
+      <c r="B34" t="s">
+        <v>199</v>
+      </c>
+      <c r="C34" t="s">
+        <v>32</v>
+      </c>
+      <c r="D34" t="s">
+        <v>200</v>
+      </c>
+      <c r="E34" t="s">
+        <v>43</v>
+      </c>
+      <c r="F34" t="s">
+        <v>34</v>
+      </c>
+      <c r="G34" t="s">
+        <v>76</v>
+      </c>
+      <c r="H34">
+        <v>2022</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>135</v>
+      </c>
+      <c r="K34" t="s">
+        <v>37</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>38</v>
+      </c>
+      <c r="N34" t="s">
+        <v>201</v>
+      </c>
+      <c r="O34" t="s">
+        <v>202</v>
+      </c>
+      <c r="P34" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>203</v>
+      </c>
+      <c r="B35" t="s">
+        <v>204</v>
+      </c>
+      <c r="C35" t="s">
+        <v>32</v>
+      </c>
+      <c r="D35" t="s">
+        <v>205</v>
+      </c>
+      <c r="E35" t="s">
+        <v>43</v>
+      </c>
+      <c r="F35" t="s">
+        <v>34</v>
+      </c>
+      <c r="G35" t="s">
+        <v>76</v>
+      </c>
+      <c r="H35">
+        <v>2022</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>135</v>
+      </c>
+      <c r="K35" t="s">
+        <v>37</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>38</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>206</v>
+      </c>
+      <c r="P35" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>207</v>
+      </c>
+      <c r="B36" t="s">
+        <v>208</v>
+      </c>
+      <c r="C36" t="s">
+        <v>32</v>
+      </c>
+      <c r="D36" t="s">
+        <v>209</v>
+      </c>
+      <c r="E36" t="s">
+        <v>43</v>
+      </c>
+      <c r="F36" t="s">
+        <v>34</v>
+      </c>
+      <c r="G36" t="s">
+        <v>76</v>
+      </c>
+      <c r="H36">
+        <v>2022</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>135</v>
+      </c>
+      <c r="K36" t="s">
+        <v>37</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>38</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>210</v>
+      </c>
+      <c r="P36" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>211</v>
+      </c>
+      <c r="B37" t="s">
+        <v>212</v>
+      </c>
+      <c r="C37" t="s">
+        <v>32</v>
+      </c>
+      <c r="D37" t="s">
+        <v>213</v>
+      </c>
+      <c r="E37" t="s">
+        <v>43</v>
+      </c>
+      <c r="F37" t="s">
+        <v>34</v>
+      </c>
+      <c r="G37" t="s">
+        <v>76</v>
+      </c>
+      <c r="H37">
+        <v>2022</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>135</v>
+      </c>
+      <c r="K37" t="s">
+        <v>37</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>38</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>214</v>
+      </c>
+      <c r="P37" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>215</v>
+      </c>
+      <c r="B38" t="s">
+        <v>216</v>
+      </c>
+      <c r="C38" t="s">
+        <v>32</v>
+      </c>
+      <c r="D38" t="s">
+        <v>217</v>
+      </c>
+      <c r="E38" t="s">
+        <v>43</v>
+      </c>
+      <c r="F38" t="s">
+        <v>34</v>
+      </c>
+      <c r="G38" t="s">
+        <v>76</v>
+      </c>
+      <c r="H38">
+        <v>2022</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>135</v>
+      </c>
+      <c r="K38" t="s">
+        <v>37</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>38</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>218</v>
+      </c>
+      <c r="P38" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>219</v>
+      </c>
+      <c r="B39" t="s">
+        <v>220</v>
+      </c>
+      <c r="C39" t="s">
+        <v>32</v>
+      </c>
+      <c r="D39" t="s">
+        <v>221</v>
+      </c>
+      <c r="E39" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F39" t="s">
+        <v>34</v>
+      </c>
+      <c r="G39" t="s">
+        <v>76</v>
+      </c>
+      <c r="H39">
+        <v>2022</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>135</v>
+      </c>
+      <c r="K39" t="s">
+        <v>222</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>38</v>
+      </c>
+      <c r="N39" t="s">
+        <v>115</v>
+      </c>
+      <c r="O39" t="s">
+        <v>223</v>
+      </c>
+      <c r="P39" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>224</v>
+      </c>
+      <c r="B40" t="s">
+        <v>225</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>57</v>
+      </c>
+      <c r="E40" t="s">
+        <v>43</v>
+      </c>
+      <c r="F40" t="s">
+        <v>34</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2007</v>
+      </c>
+      <c r="I40">
+        <v>2022</v>
+      </c>
+      <c r="J40" t="s">
+        <v>45</v>
+      </c>
+      <c r="K40" t="s">
+        <v>37</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>226</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>227</v>
+      </c>
+      <c r="P40" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>229</v>
+      </c>
+      <c r="B41" t="s">
+        <v>230</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>42</v>
+      </c>
+      <c r="E41" t="s">
+        <v>43</v>
+      </c>
+      <c r="F41" t="s">
+        <v>34</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2006</v>
+      </c>
+      <c r="I41">
+        <v>2010</v>
+      </c>
+      <c r="J41" t="s">
+        <v>45</v>
+      </c>
+      <c r="K41" t="s">
+        <v>37</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>226</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>231</v>
+      </c>
+      <c r="P41" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>233</v>
+      </c>
+      <c r="B42" t="s">
+        <v>234</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>42</v>
+      </c>
+      <c r="E42" t="s">
+        <v>43</v>
+      </c>
+      <c r="F42" t="s">
+        <v>34</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2006</v>
+      </c>
+      <c r="I42">
+        <v>2010</v>
+      </c>
+      <c r="J42" t="s">
+        <v>45</v>
+      </c>
+      <c r="K42" t="s">
+        <v>37</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>226</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>235</v>
+      </c>
+      <c r="P42" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>237</v>
+      </c>
+      <c r="B43" t="s">
+        <v>238</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>185</v>
+      </c>
+      <c r="E43" t="s">
+        <v>43</v>
+      </c>
+      <c r="F43" t="s">
+        <v>34</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2008</v>
+      </c>
+      <c r="I43">
+        <v>2011</v>
+      </c>
+      <c r="J43" t="s">
+        <v>45</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>226</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>239</v>
+      </c>
+      <c r="P43" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>241</v>
+      </c>
+      <c r="B44" t="s">
+        <v>242</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>63</v>
+      </c>
+      <c r="E44" t="s">
+        <v>43</v>
+      </c>
+      <c r="F44" t="s">
+        <v>34</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2007</v>
+      </c>
+      <c r="I44">
+        <v>2011</v>
+      </c>
+      <c r="J44" t="s">
+        <v>45</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>226</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>243</v>
+      </c>
+      <c r="P44" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>245</v>
+      </c>
+      <c r="B45" t="s">
+        <v>246</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>42</v>
+      </c>
+      <c r="E45" t="s">
+        <v>43</v>
+      </c>
+      <c r="F45" t="s">
+        <v>34</v>
+      </c>
+      <c r="G45" t="s">
+        <v>76</v>
+      </c>
+      <c r="H45">
+        <v>2010</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>45</v>
+      </c>
+      <c r="K45" t="s">
+        <v>37</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>226</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>247</v>
+      </c>
+      <c r="P45" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>249</v>
+      </c>
+      <c r="B46" t="s">
+        <v>250</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>94</v>
+      </c>
+      <c r="E46" t="s">
+        <v>43</v>
+      </c>
+      <c r="F46" t="s">
+        <v>34</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2007</v>
+      </c>
+      <c r="I46">
+        <v>2018</v>
+      </c>
+      <c r="J46" t="s">
+        <v>45</v>
+      </c>
+      <c r="K46" t="s">
+        <v>37</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>226</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>251</v>
+      </c>
+      <c r="P46" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>253</v>
+      </c>
+      <c r="B47" t="s">
+        <v>254</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>75</v>
+      </c>
+      <c r="E47" t="s">
+        <v>43</v>
+      </c>
+      <c r="F47" t="s">
+        <v>34</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2002</v>
+      </c>
+      <c r="I47">
+        <v>2017</v>
+      </c>
+      <c r="J47" t="s">
+        <v>45</v>
+      </c>
+      <c r="K47" t="s">
+        <v>37</v>
+      </c>
+      <c r="L47" t="s">
+        <v>255</v>
+      </c>
+      <c r="M47" t="s">
+        <v>226</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>256</v>
+      </c>
+      <c r="P47" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>258</v>
+      </c>
+      <c r="B48" t="s">
+        <v>259</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>260</v>
+      </c>
+      <c r="E48" t="s">
+        <v>43</v>
+      </c>
+      <c r="F48" t="s">
+        <v>34</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2008</v>
+      </c>
+      <c r="I48">
+        <v>2017</v>
+      </c>
+      <c r="J48" t="s">
+        <v>45</v>
+      </c>
+      <c r="K48" t="s">
+        <v>37</v>
+      </c>
+      <c r="L48" t="s">
+        <v>261</v>
+      </c>
+      <c r="M48" t="s">
+        <v>226</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>262</v>
+      </c>
+      <c r="P48" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>264</v>
+      </c>
+      <c r="B49" t="s">
+        <v>265</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>266</v>
+      </c>
+      <c r="E49" t="s">
+        <v>43</v>
+      </c>
+      <c r="F49" t="s">
+        <v>34</v>
+      </c>
+      <c r="G49" t="s">
+        <v>76</v>
+      </c>
+      <c r="H49">
+        <v>2022</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>267</v>
+      </c>
+      <c r="K49" t="s">
+        <v>37</v>
+      </c>
+      <c r="L49" t="s">
+        <v>268</v>
+      </c>
+      <c r="M49" t="s">
+        <v>226</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>269</v>
+      </c>
+      <c r="P49" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>271</v>
+      </c>
+      <c r="B50" t="s">
+        <v>272</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>57</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G50" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...69 lines deleted...]
-      <c r="H4">
+      <c r="H50">
+        <v>1993</v>
+      </c>
+      <c r="I50">
         <v>2022</v>
       </c>
-      <c r="I4" t="s">
-[...17 lines deleted...]
-      <c r="A5" t="s">
+      <c r="J50" t="s">
+        <v>45</v>
+      </c>
+      <c r="K50" t="s">
+        <v>37</v>
+      </c>
+      <c r="L50" t="s">
+        <v>273</v>
+      </c>
+      <c r="M50" t="s">
+        <v>274</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>275</v>
+      </c>
+      <c r="P50" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>277</v>
+      </c>
+      <c r="B51" t="s">
+        <v>278</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>88</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>76</v>
+      </c>
+      <c r="H51">
+        <v>2011</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>45</v>
+      </c>
+      <c r="K51" t="s">
+        <v>37</v>
+      </c>
+      <c r="L51" t="s">
+        <v>279</v>
+      </c>
+      <c r="M51" t="s">
+        <v>274</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>280</v>
+      </c>
+      <c r="P51" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>281</v>
+      </c>
+      <c r="B52" t="s">
+        <v>282</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
-[...17 lines deleted...]
-      <c r="H5">
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>1993</v>
+      </c>
+      <c r="I52">
+        <v>2012</v>
+      </c>
+      <c r="J52" t="s">
+        <v>45</v>
+      </c>
+      <c r="K52" t="s">
+        <v>37</v>
+      </c>
+      <c r="L52" t="s">
+        <v>283</v>
+      </c>
+      <c r="M52" t="s">
+        <v>274</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>284</v>
+      </c>
+      <c r="P52" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>285</v>
+      </c>
+      <c r="B53" t="s">
+        <v>286</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>51</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1993</v>
+      </c>
+      <c r="I53">
+        <v>2010</v>
+      </c>
+      <c r="J53" t="s">
+        <v>45</v>
+      </c>
+      <c r="K53" t="s">
+        <v>37</v>
+      </c>
+      <c r="L53" t="s">
+        <v>287</v>
+      </c>
+      <c r="M53" t="s">
+        <v>274</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>288</v>
+      </c>
+      <c r="P53" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>289</v>
+      </c>
+      <c r="B54" t="s">
+        <v>290</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>75</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>1995</v>
+      </c>
+      <c r="I54">
         <v>2019</v>
       </c>
-      <c r="I5" t="s">
-[...14 lines deleted...]
-      <c r="N5" t="s">
+      <c r="J54" t="s">
         <v>45</v>
       </c>
-    </row>
-[...107 lines deleted...]
-      <c r="G8">
+      <c r="K54" t="s">
+        <v>37</v>
+      </c>
+      <c r="L54" t="s">
+        <v>291</v>
+      </c>
+      <c r="M54" t="s">
+        <v>274</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>292</v>
+      </c>
+      <c r="P54" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>293</v>
+      </c>
+      <c r="B55" t="s">
+        <v>294</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>295</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>1993</v>
+      </c>
+      <c r="I55">
+        <v>2010</v>
+      </c>
+      <c r="J55" t="s">
+        <v>45</v>
+      </c>
+      <c r="K55" t="s">
+        <v>37</v>
+      </c>
+      <c r="L55" t="s">
+        <v>296</v>
+      </c>
+      <c r="M55" t="s">
+        <v>274</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>297</v>
+      </c>
+      <c r="P55" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>298</v>
+      </c>
+      <c r="B56" t="s">
+        <v>299</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>295</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1993</v>
+      </c>
+      <c r="I56">
+        <v>2013</v>
+      </c>
+      <c r="J56" t="s">
+        <v>45</v>
+      </c>
+      <c r="K56" t="s">
+        <v>37</v>
+      </c>
+      <c r="L56" t="s">
+        <v>300</v>
+      </c>
+      <c r="M56" t="s">
+        <v>274</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>301</v>
+      </c>
+      <c r="P56" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>303</v>
+      </c>
+      <c r="B57" t="s">
+        <v>304</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>42</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>1993</v>
+      </c>
+      <c r="I57">
+        <v>2016</v>
+      </c>
+      <c r="J57" t="s">
+        <v>45</v>
+      </c>
+      <c r="K57" t="s">
+        <v>37</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>274</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>305</v>
+      </c>
+      <c r="P57" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>306</v>
+      </c>
+      <c r="B58" t="s">
+        <v>307</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>193</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>76</v>
+      </c>
+      <c r="H58">
+        <v>2018</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>45</v>
+      </c>
+      <c r="K58" t="s">
+        <v>37</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>274</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>308</v>
+      </c>
+      <c r="P58" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>309</v>
+      </c>
+      <c r="B59" t="s">
+        <v>310</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>69</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>76</v>
+      </c>
+      <c r="H59">
+        <v>2013</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>45</v>
+      </c>
+      <c r="K59" t="s">
+        <v>37</v>
+      </c>
+      <c r="L59" t="s">
+        <v>311</v>
+      </c>
+      <c r="M59" t="s">
+        <v>274</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>312</v>
+      </c>
+      <c r="P59" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>313</v>
+      </c>
+      <c r="B60" t="s">
+        <v>314</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>94</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>1993</v>
+      </c>
+      <c r="I60">
+        <v>2016</v>
+      </c>
+      <c r="J60" t="s">
+        <v>45</v>
+      </c>
+      <c r="K60" t="s">
+        <v>37</v>
+      </c>
+      <c r="L60" t="s">
+        <v>315</v>
+      </c>
+      <c r="M60" t="s">
+        <v>274</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>316</v>
+      </c>
+      <c r="P60" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>317</v>
+      </c>
+      <c r="B61" t="s">
+        <v>318</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>42</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>1993</v>
+      </c>
+      <c r="I61">
+        <v>2010</v>
+      </c>
+      <c r="J61" t="s">
+        <v>45</v>
+      </c>
+      <c r="K61" t="s">
+        <v>37</v>
+      </c>
+      <c r="L61" t="s">
+        <v>319</v>
+      </c>
+      <c r="M61" t="s">
+        <v>274</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>320</v>
+      </c>
+      <c r="P61" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>321</v>
+      </c>
+      <c r="B62" t="s">
+        <v>322</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>323</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>76</v>
+      </c>
+      <c r="H62">
+        <v>2010</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>45</v>
+      </c>
+      <c r="K62" t="s">
+        <v>113</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>274</v>
+      </c>
+      <c r="N62" t="s">
+        <v>115</v>
+      </c>
+      <c r="O62" t="s">
+        <v>324</v>
+      </c>
+      <c r="P62" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>325</v>
+      </c>
+      <c r="B63" t="s">
+        <v>326</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>112</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63"/>
+      <c r="I63">
+        <v>2010</v>
+      </c>
+      <c r="J63" t="s">
+        <v>45</v>
+      </c>
+      <c r="K63" t="s">
+        <v>113</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>274</v>
+      </c>
+      <c r="N63" t="s">
+        <v>115</v>
+      </c>
+      <c r="O63" t="s">
+        <v>327</v>
+      </c>
+      <c r="P63" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>328</v>
+      </c>
+      <c r="B64" t="s">
+        <v>329</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>330</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>1997</v>
+      </c>
+      <c r="I64">
         <v>2011</v>
       </c>
-      <c r="H8">
-[...126 lines deleted...]
-      <c r="G11">
+      <c r="J64" t="s">
+        <v>45</v>
+      </c>
+      <c r="K64" t="s">
+        <v>37</v>
+      </c>
+      <c r="L64" t="s">
+        <v>331</v>
+      </c>
+      <c r="M64" t="s">
+        <v>274</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>332</v>
+      </c>
+      <c r="P64" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>333</v>
+      </c>
+      <c r="B65" t="s">
+        <v>334</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>100</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
         <v>2010</v>
       </c>
-      <c r="H11">
-[...304 lines deleted...]
-      <c r="G18">
+      <c r="I65">
         <v>2017</v>
       </c>
-      <c r="H18"/>
-[...1952 lines deleted...]
-      </c>
       <c r="J65" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="K65" t="s">
-        <v>238</v>
+        <v>37</v>
       </c>
       <c r="L65" t="s">
-        <v>194</v>
+        <v>335</v>
       </c>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>274</v>
       </c>
       <c r="N65" t="s">
-        <v>239</v>
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>336</v>
+      </c>
+      <c r="P65" t="s">
+        <v>276</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>