--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,422 +12,525 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of household air conditioners</t>
   </si>
   <si>
+    <t>Applies to electric air conditioners of domestic and foreign make, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, with a nominal capacity of equal to or less than 12 kW, which are used for cooling or heating, including reversible air conditioners with a rated capacity of less than or equal to 12 kW when cooling.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-konditsionery.doc</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
   </si>
   <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electric-motors</t>
   </si>
   <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
     <t>Procel Seal - Televisions</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
   <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine -340: On the approval of the technical regulation on the energy labelling of electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>Applies to the following categories of electric lamps of domestic and foreign make, placed on the market in the territory of Ukraine:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-340-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/KMU_340.zip</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
+  </si>
+  <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -691,1111 +794,1258 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="187" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="187.526" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="445.891" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>54</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1993</v>
+      </c>
+      <c r="I7">
+        <v>2022</v>
+      </c>
+      <c r="J7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>61</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>67</v>
+      </c>
+      <c r="H8">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>61</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H9">
+        <v>1993</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>61</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...16 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1993</v>
+      </c>
+      <c r="I10">
+        <v>2010</v>
+      </c>
+      <c r="J10" t="s">
+        <v>59</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>61</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1995</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>59</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>61</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1993</v>
+      </c>
+      <c r="I12">
+        <v>2010</v>
+      </c>
+      <c r="J12" t="s">
+        <v>59</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>88</v>
+      </c>
+      <c r="M12" t="s">
+        <v>61</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>87</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1993</v>
+      </c>
+      <c r="I13">
+        <v>2013</v>
+      </c>
+      <c r="J13" t="s">
+        <v>59</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>92</v>
+      </c>
+      <c r="M13" t="s">
+        <v>61</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>72</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1993</v>
+      </c>
+      <c r="I14">
+        <v>2016</v>
+      </c>
+      <c r="J14" t="s">
+        <v>59</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>61</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>97</v>
+      </c>
+      <c r="P14" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>100</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>67</v>
+      </c>
+      <c r="H15">
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>59</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>61</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>101</v>
+      </c>
+      <c r="P15" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B16" t="s">
+        <v>103</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>104</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>67</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>59</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>105</v>
+      </c>
+      <c r="M16" t="s">
+        <v>61</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>106</v>
+      </c>
+      <c r="P16" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>107</v>
+      </c>
+      <c r="B17" t="s">
+        <v>108</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>109</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1993</v>
+      </c>
+      <c r="I17">
+        <v>2016</v>
+      </c>
+      <c r="J17" t="s">
+        <v>59</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>110</v>
+      </c>
+      <c r="M17" t="s">
+        <v>61</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>111</v>
+      </c>
+      <c r="P17" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" t="s">
+        <v>113</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1993</v>
+      </c>
+      <c r="I18">
+        <v>2010</v>
+      </c>
+      <c r="J18" t="s">
+        <v>59</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>114</v>
+      </c>
+      <c r="M18" t="s">
+        <v>61</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>115</v>
+      </c>
+      <c r="P18" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>116</v>
+      </c>
+      <c r="B19" t="s">
+        <v>117</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>118</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>67</v>
+      </c>
+      <c r="H19">
+        <v>2010</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>59</v>
+      </c>
+      <c r="K19" t="s">
+        <v>119</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>61</v>
+      </c>
+      <c r="N19" t="s">
+        <v>120</v>
+      </c>
+      <c r="O19" t="s">
+        <v>121</v>
+      </c>
+      <c r="P19" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>122</v>
+      </c>
+      <c r="B20" t="s">
+        <v>123</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>124</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20">
+        <v>2010</v>
+      </c>
+      <c r="J20" t="s">
+        <v>59</v>
+      </c>
+      <c r="K20" t="s">
+        <v>119</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>61</v>
+      </c>
+      <c r="N20" t="s">
+        <v>120</v>
+      </c>
+      <c r="O20" t="s">
+        <v>125</v>
+      </c>
+      <c r="P20" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>126</v>
+      </c>
+      <c r="B21" t="s">
+        <v>127</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>128</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1997</v>
+      </c>
+      <c r="I21">
+        <v>2011</v>
+      </c>
+      <c r="J21" t="s">
+        <v>59</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>129</v>
+      </c>
+      <c r="M21" t="s">
+        <v>61</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>130</v>
+      </c>
+      <c r="P21" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>131</v>
+      </c>
+      <c r="B22" t="s">
+        <v>132</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>133</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22">
+        <v>2017</v>
+      </c>
+      <c r="J22" t="s">
+        <v>59</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>134</v>
+      </c>
+      <c r="M22" t="s">
+        <v>61</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>135</v>
+      </c>
+      <c r="P22" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>136</v>
+      </c>
+      <c r="B23" t="s">
+        <v>137</v>
+      </c>
+      <c r="C23" t="s">
         <v>32</v>
       </c>
-      <c r="K3"/>
-[...6 lines deleted...]
-      <c r="N3" t="s">
+      <c r="D23" t="s">
+        <v>72</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G23" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>36</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>38</v>
+      </c>
+      <c r="N23" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
+      <c r="O23" t="s">
+        <v>138</v>
+      </c>
+      <c r="P23" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>140</v>
+      </c>
+      <c r="B24" t="s">
+        <v>141</v>
+      </c>
+      <c r="C24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D24" t="s">
+        <v>142</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>67</v>
+      </c>
+      <c r="H24">
+        <v>2014</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
         <v>36</v>
       </c>
-      <c r="D4" t="s">
-[...23 lines deleted...]
-      <c r="N4" t="s">
+      <c r="K24" t="s">
         <v>37</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" t="s">
+      <c r="L24"/>
+      <c r="M24" t="s">
         <v>38</v>
       </c>
-      <c r="B5" t="s">
+      <c r="N24" t="s">
         <v>27</v>
       </c>
-      <c r="C5" t="s">
-[...829 lines deleted...]
-        <v>110</v>
+      <c r="O24" t="s">
+        <v>143</v>
+      </c>
+      <c r="P24" t="s">
+        <v>144</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>