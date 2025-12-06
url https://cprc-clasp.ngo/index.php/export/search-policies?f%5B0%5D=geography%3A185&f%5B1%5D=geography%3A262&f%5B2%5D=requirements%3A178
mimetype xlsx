--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,452 +12,566 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electric-motors</t>
   </si>
   <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
     <t>Procel Seal - Televisions</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -721,1211 +835,1370 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...11 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2003</v>
       </c>
-      <c r="H3">
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>51</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>51</v>
+      </c>
+      <c r="L7" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>61</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
         <v>2011</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
+        <v>64</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1993</v>
+      </c>
+      <c r="I9">
+        <v>2022</v>
+      </c>
+      <c r="J9" t="s">
+        <v>72</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...248 lines deleted...]
-      </c>
       <c r="L9" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="N9" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>60</v>
+        <v>77</v>
       </c>
       <c r="B10" t="s">
-        <v>47</v>
+        <v>78</v>
       </c>
       <c r="C10" t="s">
         <v>61</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>79</v>
       </c>
       <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>72</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>74</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>61</v>
+      </c>
+      <c r="D11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1993</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>72</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>74</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>61</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1993</v>
+      </c>
+      <c r="I12">
+        <v>2010</v>
+      </c>
+      <c r="J12" t="s">
+        <v>72</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" t="s">
+        <v>74</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1995</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>72</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>95</v>
+      </c>
+      <c r="M13" t="s">
+        <v>74</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1993</v>
+      </c>
+      <c r="I14">
+        <v>2010</v>
+      </c>
+      <c r="J14" t="s">
+        <v>72</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>74</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" t="s">
+        <v>99</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1993</v>
+      </c>
+      <c r="I15">
+        <v>2013</v>
+      </c>
+      <c r="J15" t="s">
+        <v>72</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>104</v>
+      </c>
+      <c r="M15" t="s">
+        <v>74</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>61</v>
+      </c>
+      <c r="D16" t="s">
+        <v>84</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1993</v>
+      </c>
+      <c r="I16">
+        <v>2016</v>
+      </c>
+      <c r="J16" t="s">
+        <v>72</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>74</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>109</v>
+      </c>
+      <c r="P16" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>110</v>
+      </c>
+      <c r="B17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C17" t="s">
+        <v>61</v>
+      </c>
+      <c r="D17" t="s">
+        <v>112</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17">
+        <v>2018</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>72</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>74</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>113</v>
+      </c>
+      <c r="P17" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>114</v>
+      </c>
+      <c r="B18" t="s">
+        <v>115</v>
+      </c>
+      <c r="C18" t="s">
+        <v>61</v>
+      </c>
+      <c r="D18" t="s">
+        <v>116</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>44</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>72</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>117</v>
+      </c>
+      <c r="M18" t="s">
+        <v>74</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>118</v>
+      </c>
+      <c r="P18" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>119</v>
+      </c>
+      <c r="B19" t="s">
+        <v>120</v>
+      </c>
+      <c r="C19" t="s">
+        <v>61</v>
+      </c>
+      <c r="D19" t="s">
+        <v>121</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1993</v>
+      </c>
+      <c r="I19">
+        <v>2016</v>
+      </c>
+      <c r="J19" t="s">
+        <v>72</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>122</v>
+      </c>
+      <c r="M19" t="s">
+        <v>74</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>123</v>
+      </c>
+      <c r="P19" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>124</v>
+      </c>
+      <c r="B20" t="s">
+        <v>125</v>
+      </c>
+      <c r="C20" t="s">
+        <v>61</v>
+      </c>
+      <c r="D20" t="s">
+        <v>84</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1993</v>
+      </c>
+      <c r="I20">
+        <v>2010</v>
+      </c>
+      <c r="J20" t="s">
+        <v>72</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>126</v>
+      </c>
+      <c r="M20" t="s">
+        <v>74</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>127</v>
+      </c>
+      <c r="P20" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>128</v>
+      </c>
+      <c r="B21" t="s">
+        <v>129</v>
+      </c>
+      <c r="C21" t="s">
+        <v>61</v>
+      </c>
+      <c r="D21" t="s">
+        <v>130</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>44</v>
+      </c>
+      <c r="H21">
+        <v>2010</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>72</v>
+      </c>
+      <c r="K21" t="s">
+        <v>131</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>74</v>
+      </c>
+      <c r="N21" t="s">
+        <v>132</v>
+      </c>
+      <c r="O21" t="s">
+        <v>133</v>
+      </c>
+      <c r="P21" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>134</v>
+      </c>
+      <c r="B22" t="s">
+        <v>135</v>
+      </c>
+      <c r="C22" t="s">
+        <v>61</v>
+      </c>
+      <c r="D22" t="s">
+        <v>136</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22">
+        <v>2010</v>
+      </c>
+      <c r="J22" t="s">
+        <v>72</v>
+      </c>
+      <c r="K22" t="s">
+        <v>131</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>74</v>
+      </c>
+      <c r="N22" t="s">
+        <v>132</v>
+      </c>
+      <c r="O22" t="s">
+        <v>137</v>
+      </c>
+      <c r="P22" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>138</v>
+      </c>
+      <c r="B23" t="s">
+        <v>139</v>
+      </c>
+      <c r="C23" t="s">
+        <v>61</v>
+      </c>
+      <c r="D23" t="s">
+        <v>140</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1997</v>
+      </c>
+      <c r="I23">
+        <v>2011</v>
+      </c>
+      <c r="J23" t="s">
+        <v>72</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>141</v>
+      </c>
+      <c r="M23" t="s">
+        <v>74</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>142</v>
+      </c>
+      <c r="P23" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>143</v>
+      </c>
+      <c r="B24" t="s">
+        <v>144</v>
+      </c>
+      <c r="C24" t="s">
+        <v>61</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2010</v>
+      </c>
+      <c r="I24">
+        <v>2017</v>
+      </c>
+      <c r="J24" t="s">
+        <v>72</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>145</v>
+      </c>
+      <c r="M24" t="s">
+        <v>74</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>146</v>
+      </c>
+      <c r="P24" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>147</v>
+      </c>
+      <c r="B25" t="s">
+        <v>148</v>
+      </c>
+      <c r="C25" t="s">
         <v>18</v>
       </c>
-      <c r="F10" t="s">
-[...18 lines deleted...]
-      <c r="M10" t="s">
+      <c r="D25" t="s">
+        <v>149</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>150</v>
+      </c>
+      <c r="G25" t="s">
+        <v>44</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>38</v>
+      </c>
+      <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-[...40 lines deleted...]
-      <c r="M11" t="s">
+      <c r="L25"/>
+      <c r="M25"/>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>151</v>
+      </c>
+      <c r="P25" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>153</v>
+      </c>
+      <c r="B26" t="s">
+        <v>154</v>
+      </c>
+      <c r="C26" t="s">
+        <v>155</v>
+      </c>
+      <c r="D26" t="s">
+        <v>37</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>150</v>
+      </c>
+      <c r="G26" t="s">
+        <v>44</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>38</v>
+      </c>
+      <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-[...626 lines deleted...]
-      <c r="K26"/>
       <c r="L26"/>
-      <c r="M26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M26"/>
       <c r="N26" t="s">
-        <v>120</v>
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>156</v>
+      </c>
+      <c r="P26" t="s">
+        <v>157</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>