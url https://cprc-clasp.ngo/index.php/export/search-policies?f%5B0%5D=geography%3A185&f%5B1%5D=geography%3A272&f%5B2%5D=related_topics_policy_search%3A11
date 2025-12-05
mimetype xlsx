--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -12,640 +12,873 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="259">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
   </si>
   <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-290-7-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-5</t>
   </si>
   <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for storage water heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-storage-water-heaters</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines-0</t>
   </si>
   <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
     <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electric-motors</t>
   </si>
   <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
     <t>Procel Seal - Televisions</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
   </si>
   <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -909,2111 +1142,2396 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N47"/>
+  <dimension ref="A1:P47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="211" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="754.959" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="219.375" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2008</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>38</v>
+      </c>
+      <c r="L3" t="s">
+        <v>39</v>
+      </c>
+      <c r="M3" t="s">
+        <v>40</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2006</v>
+      </c>
+      <c r="I5">
+        <v>2022</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1984</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" t="s">
+        <v>38</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>53</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2021</v>
+      </c>
+      <c r="J8" t="s">
+        <v>54</v>
+      </c>
+      <c r="K8" t="s">
+        <v>38</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>55</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>53</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>54</v>
+      </c>
+      <c r="K9" t="s">
+        <v>38</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>55</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>53</v>
+      </c>
+      <c r="G10" t="s">
+        <v>36</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>54</v>
+      </c>
+      <c r="K10" t="s">
+        <v>38</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" t="s">
+        <v>55</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
+        <v>53</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>54</v>
+      </c>
+      <c r="K11" t="s">
+        <v>38</v>
+      </c>
+      <c r="L11" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" t="s">
+        <v>55</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>95</v>
+      </c>
+      <c r="E12" t="s">
+        <v>34</v>
+      </c>
+      <c r="F12" t="s">
+        <v>53</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>54</v>
+      </c>
+      <c r="K12" t="s">
+        <v>38</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
+        <v>55</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>101</v>
+      </c>
+      <c r="E13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F13" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2001</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>54</v>
+      </c>
+      <c r="K13" t="s">
+        <v>38</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
+        <v>55</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E14" t="s">
+        <v>34</v>
+      </c>
+      <c r="F14" t="s">
+        <v>53</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>54</v>
+      </c>
+      <c r="K14" t="s">
+        <v>38</v>
+      </c>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
+      <c r="M14" t="s">
+        <v>55</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>113</v>
+      </c>
+      <c r="E15" t="s">
+        <v>34</v>
+      </c>
+      <c r="F15" t="s">
+        <v>53</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>54</v>
+      </c>
+      <c r="K15" t="s">
+        <v>38</v>
+      </c>
+      <c r="L15" t="s">
+        <v>114</v>
+      </c>
+      <c r="M15" t="s">
+        <v>55</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>119</v>
+      </c>
+      <c r="E16" t="s">
+        <v>34</v>
+      </c>
+      <c r="F16" t="s">
+        <v>53</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>54</v>
+      </c>
+      <c r="K16" t="s">
+        <v>120</v>
+      </c>
+      <c r="L16" t="s">
+        <v>121</v>
+      </c>
+      <c r="M16" t="s">
+        <v>55</v>
+      </c>
+      <c r="N16" t="s">
+        <v>122</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>52</v>
+      </c>
+      <c r="E17" t="s">
+        <v>34</v>
+      </c>
+      <c r="F17" t="s">
+        <v>53</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17">
+        <v>2022</v>
+      </c>
+      <c r="J17" t="s">
+        <v>54</v>
+      </c>
+      <c r="K17" t="s">
+        <v>38</v>
+      </c>
+      <c r="L17" t="s">
+        <v>127</v>
+      </c>
+      <c r="M17" t="s">
+        <v>55</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>128</v>
+      </c>
+      <c r="P17" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>130</v>
+      </c>
+      <c r="B18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>71</v>
+      </c>
+      <c r="E18" t="s">
+        <v>34</v>
+      </c>
+      <c r="F18" t="s">
+        <v>53</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2022</v>
+      </c>
+      <c r="J18" t="s">
+        <v>54</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>132</v>
+      </c>
+      <c r="M18" t="s">
+        <v>55</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>137</v>
+      </c>
+      <c r="E19" t="s">
+        <v>34</v>
+      </c>
+      <c r="F19" t="s">
+        <v>46</v>
+      </c>
+      <c r="G19" t="s">
+        <v>138</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>37</v>
+      </c>
+      <c r="K19" t="s">
+        <v>38</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>40</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>139</v>
+      </c>
+      <c r="P19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>141</v>
+      </c>
+      <c r="B20" t="s">
+        <v>136</v>
+      </c>
+      <c r="C20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20" t="s">
+        <v>119</v>
+      </c>
+      <c r="E20" t="s">
+        <v>34</v>
+      </c>
+      <c r="F20" t="s">
+        <v>46</v>
+      </c>
+      <c r="G20" t="s">
+        <v>138</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>37</v>
+      </c>
+      <c r="K20" t="s">
+        <v>38</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>40</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>142</v>
+      </c>
+      <c r="P20" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" t="s">
+        <v>136</v>
+      </c>
+      <c r="C21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D21" t="s">
+        <v>60</v>
+      </c>
+      <c r="E21" t="s">
+        <v>34</v>
+      </c>
+      <c r="F21" t="s">
+        <v>46</v>
+      </c>
+      <c r="G21" t="s">
+        <v>138</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>37</v>
+      </c>
+      <c r="K21" t="s">
+        <v>38</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>40</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>144</v>
+      </c>
+      <c r="P21" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>145</v>
+      </c>
+      <c r="B22" t="s">
+        <v>146</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" t="s">
+        <v>46</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2007</v>
+      </c>
+      <c r="I22">
+        <v>2022</v>
+      </c>
+      <c r="J22" t="s">
+        <v>54</v>
+      </c>
+      <c r="K22" t="s">
+        <v>38</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>147</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>148</v>
+      </c>
+      <c r="P22" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>150</v>
+      </c>
+      <c r="B23" t="s">
+        <v>151</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" t="s">
+        <v>34</v>
+      </c>
+      <c r="F23" t="s">
+        <v>46</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2006</v>
+      </c>
+      <c r="I23">
+        <v>2010</v>
+      </c>
+      <c r="J23" t="s">
+        <v>54</v>
+      </c>
+      <c r="K23" t="s">
+        <v>38</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>147</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>152</v>
+      </c>
+      <c r="P23" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>154</v>
+      </c>
+      <c r="B24" t="s">
+        <v>155</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" t="s">
+        <v>34</v>
+      </c>
+      <c r="F24" t="s">
+        <v>46</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2006</v>
+      </c>
+      <c r="I24">
+        <v>2010</v>
+      </c>
+      <c r="J24" t="s">
+        <v>54</v>
+      </c>
+      <c r="K24" t="s">
+        <v>38</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>147</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>156</v>
+      </c>
+      <c r="P24" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>158</v>
+      </c>
+      <c r="B25" t="s">
+        <v>159</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>160</v>
+      </c>
+      <c r="E25" t="s">
+        <v>34</v>
+      </c>
+      <c r="F25" t="s">
+        <v>46</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25">
+        <v>2011</v>
+      </c>
+      <c r="J25" t="s">
+        <v>54</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>147</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>161</v>
+      </c>
+      <c r="P25" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>163</v>
+      </c>
+      <c r="B26" t="s">
+        <v>164</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>71</v>
+      </c>
+      <c r="E26" t="s">
+        <v>34</v>
+      </c>
+      <c r="F26" t="s">
+        <v>46</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2007</v>
+      </c>
+      <c r="I26">
+        <v>2011</v>
+      </c>
+      <c r="J26" t="s">
+        <v>54</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>147</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>165</v>
+      </c>
+      <c r="P26" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>167</v>
+      </c>
+      <c r="B27" t="s">
+        <v>168</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>52</v>
+      </c>
+      <c r="E27" t="s">
+        <v>34</v>
+      </c>
+      <c r="F27" t="s">
+        <v>46</v>
+      </c>
+      <c r="G27" t="s">
+        <v>36</v>
+      </c>
+      <c r="H27">
+        <v>2010</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>54</v>
+      </c>
+      <c r="K27" t="s">
+        <v>38</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>147</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>169</v>
+      </c>
+      <c r="P27" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>171</v>
+      </c>
+      <c r="B28" t="s">
+        <v>172</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>101</v>
+      </c>
+      <c r="E28" t="s">
+        <v>34</v>
+      </c>
+      <c r="F28" t="s">
+        <v>46</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2007</v>
+      </c>
+      <c r="I28">
+        <v>2018</v>
+      </c>
+      <c r="J28" t="s">
+        <v>54</v>
+      </c>
+      <c r="K28" t="s">
+        <v>38</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>147</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>173</v>
+      </c>
+      <c r="P28" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>175</v>
+      </c>
+      <c r="B29" t="s">
+        <v>176</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>83</v>
+      </c>
+      <c r="E29" t="s">
+        <v>34</v>
+      </c>
+      <c r="F29" t="s">
+        <v>46</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2002</v>
+      </c>
+      <c r="I29">
+        <v>2017</v>
+      </c>
+      <c r="J29" t="s">
+        <v>54</v>
+      </c>
+      <c r="K29" t="s">
+        <v>38</v>
+      </c>
+      <c r="L29" t="s">
+        <v>177</v>
+      </c>
+      <c r="M29" t="s">
+        <v>147</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>178</v>
+      </c>
+      <c r="P29" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>180</v>
+      </c>
+      <c r="B30" t="s">
+        <v>181</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>182</v>
+      </c>
+      <c r="E30" t="s">
+        <v>34</v>
+      </c>
+      <c r="F30" t="s">
+        <v>46</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2008</v>
+      </c>
+      <c r="I30">
+        <v>2017</v>
+      </c>
+      <c r="J30" t="s">
+        <v>54</v>
+      </c>
+      <c r="K30" t="s">
+        <v>38</v>
+      </c>
+      <c r="L30" t="s">
+        <v>183</v>
+      </c>
+      <c r="M30" t="s">
+        <v>147</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>184</v>
+      </c>
+      <c r="P30" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>186</v>
+      </c>
+      <c r="B31" t="s">
+        <v>187</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>137</v>
+      </c>
+      <c r="E31" t="s">
+        <v>34</v>
+      </c>
+      <c r="F31" t="s">
+        <v>46</v>
+      </c>
+      <c r="G31" t="s">
+        <v>36</v>
+      </c>
+      <c r="H31">
+        <v>2022</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>188</v>
+      </c>
+      <c r="K31" t="s">
+        <v>38</v>
+      </c>
+      <c r="L31" t="s">
+        <v>189</v>
+      </c>
+      <c r="M31" t="s">
+        <v>147</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>190</v>
+      </c>
+      <c r="P31" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>192</v>
+      </c>
+      <c r="B32" t="s">
+        <v>193</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>33</v>
+      </c>
+      <c r="E32" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G32" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...28 lines deleted...]
-      <c r="G3">
+      <c r="H32">
+        <v>1993</v>
+      </c>
+      <c r="I32">
+        <v>2022</v>
+      </c>
+      <c r="J32" t="s">
+        <v>54</v>
+      </c>
+      <c r="K32" t="s">
+        <v>38</v>
+      </c>
+      <c r="L32" t="s">
+        <v>194</v>
+      </c>
+      <c r="M32" t="s">
+        <v>195</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>196</v>
+      </c>
+      <c r="P32" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>198</v>
+      </c>
+      <c r="B33" t="s">
+        <v>199</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>95</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>36</v>
+      </c>
+      <c r="H33">
+        <v>2011</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>54</v>
+      </c>
+      <c r="K33" t="s">
+        <v>38</v>
+      </c>
+      <c r="L33" t="s">
+        <v>200</v>
+      </c>
+      <c r="M33" t="s">
+        <v>195</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>201</v>
+      </c>
+      <c r="P33" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>202</v>
+      </c>
+      <c r="B34" t="s">
+        <v>203</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>52</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>1993</v>
+      </c>
+      <c r="I34">
+        <v>2012</v>
+      </c>
+      <c r="J34" t="s">
+        <v>54</v>
+      </c>
+      <c r="K34" t="s">
+        <v>38</v>
+      </c>
+      <c r="L34" t="s">
+        <v>204</v>
+      </c>
+      <c r="M34" t="s">
+        <v>195</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>205</v>
+      </c>
+      <c r="P34" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>206</v>
+      </c>
+      <c r="B35" t="s">
+        <v>207</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>60</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1993</v>
+      </c>
+      <c r="I35">
+        <v>2010</v>
+      </c>
+      <c r="J35" t="s">
+        <v>54</v>
+      </c>
+      <c r="K35" t="s">
+        <v>38</v>
+      </c>
+      <c r="L35" t="s">
+        <v>208</v>
+      </c>
+      <c r="M35" t="s">
+        <v>195</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>209</v>
+      </c>
+      <c r="P35" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>210</v>
+      </c>
+      <c r="B36" t="s">
+        <v>211</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>83</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>1995</v>
+      </c>
+      <c r="I36">
         <v>2019</v>
       </c>
-      <c r="H3"/>
-[...15 lines deleted...]
-      <c r="N3" t="s">
+      <c r="J36" t="s">
+        <v>54</v>
+      </c>
+      <c r="K36" t="s">
+        <v>38</v>
+      </c>
+      <c r="L36" t="s">
+        <v>212</v>
+      </c>
+      <c r="M36" t="s">
+        <v>195</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>213</v>
+      </c>
+      <c r="P36" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>214</v>
+      </c>
+      <c r="B37" t="s">
+        <v>215</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>216</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>1993</v>
+      </c>
+      <c r="I37">
+        <v>2010</v>
+      </c>
+      <c r="J37" t="s">
+        <v>54</v>
+      </c>
+      <c r="K37" t="s">
+        <v>38</v>
+      </c>
+      <c r="L37" t="s">
+        <v>217</v>
+      </c>
+      <c r="M37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>218</v>
+      </c>
+      <c r="P37" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>219</v>
+      </c>
+      <c r="B38" t="s">
+        <v>220</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>216</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1993</v>
+      </c>
+      <c r="I38">
+        <v>2013</v>
+      </c>
+      <c r="J38" t="s">
+        <v>54</v>
+      </c>
+      <c r="K38" t="s">
+        <v>38</v>
+      </c>
+      <c r="L38" t="s">
+        <v>221</v>
+      </c>
+      <c r="M38" t="s">
+        <v>195</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>222</v>
+      </c>
+      <c r="P38" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>224</v>
+      </c>
+      <c r="B39" t="s">
+        <v>225</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>52</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>1993</v>
+      </c>
+      <c r="I39">
+        <v>2016</v>
+      </c>
+      <c r="J39" t="s">
+        <v>54</v>
+      </c>
+      <c r="K39" t="s">
+        <v>38</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>195</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>226</v>
+      </c>
+      <c r="P39" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>227</v>
+      </c>
+      <c r="B40" t="s">
+        <v>228</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>229</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
         <v>36</v>
       </c>
-    </row>
-[...127 lines deleted...]
-      <c r="A7" t="s">
+      <c r="H40">
+        <v>2018</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>54</v>
+      </c>
+      <c r="K40" t="s">
+        <v>38</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>195</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>230</v>
+      </c>
+      <c r="P40" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>231</v>
+      </c>
+      <c r="B41" t="s">
+        <v>232</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>77</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>36</v>
+      </c>
+      <c r="H41">
+        <v>2013</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>54</v>
+      </c>
+      <c r="K41" t="s">
+        <v>38</v>
+      </c>
+      <c r="L41" t="s">
+        <v>233</v>
+      </c>
+      <c r="M41" t="s">
+        <v>195</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>234</v>
+      </c>
+      <c r="P41" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>235</v>
+      </c>
+      <c r="B42" t="s">
+        <v>236</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>101</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>1993</v>
+      </c>
+      <c r="I42">
+        <v>2016</v>
+      </c>
+      <c r="J42" t="s">
+        <v>54</v>
+      </c>
+      <c r="K42" t="s">
+        <v>38</v>
+      </c>
+      <c r="L42" t="s">
+        <v>237</v>
+      </c>
+      <c r="M42" t="s">
+        <v>195</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>238</v>
+      </c>
+      <c r="P42" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>239</v>
+      </c>
+      <c r="B43" t="s">
+        <v>240</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
         <v>52</v>
       </c>
-      <c r="B7" t="s">
-[...102 lines deleted...]
-      <c r="G9">
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>1993</v>
+      </c>
+      <c r="I43">
+        <v>2010</v>
+      </c>
+      <c r="J43" t="s">
+        <v>54</v>
+      </c>
+      <c r="K43" t="s">
+        <v>38</v>
+      </c>
+      <c r="L43" t="s">
+        <v>241</v>
+      </c>
+      <c r="M43" t="s">
+        <v>195</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>242</v>
+      </c>
+      <c r="P43" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>243</v>
+      </c>
+      <c r="B44" t="s">
+        <v>244</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>245</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>36</v>
+      </c>
+      <c r="H44">
+        <v>2010</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>54</v>
+      </c>
+      <c r="K44" t="s">
+        <v>120</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>195</v>
+      </c>
+      <c r="N44" t="s">
+        <v>122</v>
+      </c>
+      <c r="O44" t="s">
+        <v>246</v>
+      </c>
+      <c r="P44" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>247</v>
+      </c>
+      <c r="B45" t="s">
+        <v>248</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>119</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45"/>
+      <c r="I45">
+        <v>2010</v>
+      </c>
+      <c r="J45" t="s">
+        <v>54</v>
+      </c>
+      <c r="K45" t="s">
+        <v>120</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>195</v>
+      </c>
+      <c r="N45" t="s">
+        <v>122</v>
+      </c>
+      <c r="O45" t="s">
+        <v>249</v>
+      </c>
+      <c r="P45" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>250</v>
+      </c>
+      <c r="B46" t="s">
+        <v>251</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>252</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>1997</v>
+      </c>
+      <c r="I46">
         <v>2011</v>
       </c>
-      <c r="H9">
-[...126 lines deleted...]
-      <c r="G12">
+      <c r="J46" t="s">
+        <v>54</v>
+      </c>
+      <c r="K46" t="s">
+        <v>38</v>
+      </c>
+      <c r="L46" t="s">
+        <v>253</v>
+      </c>
+      <c r="M46" t="s">
+        <v>195</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>254</v>
+      </c>
+      <c r="P46" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>255</v>
+      </c>
+      <c r="B47" t="s">
+        <v>256</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>107</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
         <v>2010</v>
       </c>
-      <c r="H12">
-[...713 lines deleted...]
-      <c r="H29">
+      <c r="I47">
         <v>2017</v>
       </c>
-      <c r="I29" t="s">
-[...773 lines deleted...]
-      </c>
       <c r="J47" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="K47" t="s">
-        <v>181</v>
+        <v>38</v>
       </c>
       <c r="L47" t="s">
-        <v>136</v>
+        <v>257</v>
       </c>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>195</v>
       </c>
       <c r="N47" t="s">
-        <v>182</v>
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>258</v>
+      </c>
+      <c r="P47" t="s">
+        <v>197</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>