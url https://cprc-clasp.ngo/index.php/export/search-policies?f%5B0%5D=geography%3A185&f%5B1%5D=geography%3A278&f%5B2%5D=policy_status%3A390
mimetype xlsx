--- v0 (2025-10-13)
+++ v1 (2026-02-07)
@@ -12,891 +12,383 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="264">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>Conpet Seal Gas stoves and ovens</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Energy labelling and MEPS for Swimming Pool Pumps</t>
+  </si>
+  <si>
+    <t>This Standard specifies the energy information disclosure, energy labelling and MEPS requirements for swimming pool pump-units. The rating scale for pump units is from 1 to 10. Every star on the label represents a 25% improvement in efficiency, so a 7 star pump will be up to 25% more energy efficient than a 6 star pump, and an 8 star pump will be up to 43% more efficient than a 6 star pump. Many pump-units also report noise levels on the label.</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>Pool Pumps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>AS 5102.1-2009, AS 5102.2-2009</t>
+  </si>
+  <si>
+    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-labelling-and-meps-swimming-pool-pumps</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00025</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
+  </si>
+  <si>
+    <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Packaged Terminals</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00182</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>AS/NZS 4965.1:2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
+  </si>
+  <si>
+    <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>AS/NZS 4474:2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-household-refrigerating-appliances-determination</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2019L01066</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
+  </si>
+  <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>Cooktops or Hobs</t>
-[...158 lines deleted...]
-    <t>Dishwashers</t>
+    <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>AS/NZS2007</t>
-[...178 lines deleted...]
-    <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-290-7-july-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
+    <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
+  </si>
+  <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>September 2022</t>
-[...151 lines deleted...]
-  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mme-resolution-no-1-29-april-2022</t>
-[...31 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
-    <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
   </si>
   <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
-    <t>Procel Seal - Air Conditioners</t>
-[...2 lines deleted...]
-    <t>NBR 5858, NBR 5882, NBR 12010.</t>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
+    <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
-    <t>Procel Seal - CFLs with Integrated Ballasts</t>
-[...47 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
-    <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
-  </si>
-[...49 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1160,3005 +652,680 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N67"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="155" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="759.672" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="219.375" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2021</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...41 lines deleted...]
-    <row r="4" spans="1:14">
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
       <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...28 lines deleted...]
-      <c r="N4" t="s">
+      <c r="O4" t="s">
         <v>41</v>
       </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
       </c>
       <c r="H5">
         <v>2019</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>33</v>
       </c>
-      <c r="K5" t="s">
-[...5 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-        <v>44</v>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...3 lines deleted...]
-      <c r="B6" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>62</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="C6" t="s">
-[...29 lines deleted...]
-      <c r="M6" t="s">
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>75</v>
+      </c>
+      <c r="F9" t="s">
+        <v>76</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>54</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-        <v>48</v>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...3 lines deleted...]
-      <c r="B7" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" t="s">
+        <v>75</v>
+      </c>
+      <c r="F10" t="s">
+        <v>76</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2018</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>54</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="C7" t="s">
-[...21 lines deleted...]
-      <c r="K7" t="s">
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
         <v>51</v>
       </c>
-      <c r="L7" t="s">
-[...2 lines deleted...]
-      <c r="M7" t="s">
+      <c r="D11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" t="s">
+        <v>75</v>
+      </c>
+      <c r="F11" t="s">
+        <v>76</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>54</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-        <v>52</v>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>78</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...6 lines deleted...]
-      <c r="C8" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>75</v>
+      </c>
+      <c r="F12" t="s">
+        <v>76</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>54</v>
       </c>
-      <c r="D8" t="s">
-[...195 lines deleted...]
-      </c>
       <c r="K12" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N12" t="s">
-        <v>72</v>
-[...218 lines deleted...]
-      <c r="N17" t="s">
+        <v>95</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
         <v>90</v>
-      </c>
-[...2156 lines deleted...]
-        <v>263</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>